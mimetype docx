--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -11,515 +11,678 @@
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="49291738" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Рекомендована література</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486C8C38" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Основна</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="074C2820" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+    <w:p w14:paraId="074C2820" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FABF6B2" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+    <w:p w14:paraId="5323BE70" w14:textId="7D15C082" w:rsidR="00CC6643" w:rsidRDefault="008D6E9D" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...14 lines deleted...]
-      <w:r>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Варламов Г.Б., Любчик Г.М., Маляренко В.А. Теплоенергетичні установки та екологічні аспекти виробництва енергії. Київ : ІВЦ "Видавництво "Політехніка", 2019. 232 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B730E8E" w14:textId="617FCC98" w:rsidR="008D6E9D" w:rsidRDefault="008D6E9D" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Красн</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00352">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>янський М. Ю.  Енергозбереження</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: навч. посіб. Київ : Кондор, 2020. 136 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BAEC20" w14:textId="39E95335" w:rsidR="008D6E9D" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Енергоаудит: навч. по</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіб. / Ільїн С.В., Чейлитко А.О., Мних І.М. – Запоріжжя, 2018. –  130  с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16659D34" w14:textId="31025FD4" w:rsidR="00F00352" w:rsidRDefault="00F00352" w:rsidP="00F00352">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Філоненко, В.М. Методологія і методи енергетичного аудиту [Електронний ресурс]: курс лекцій для студ. спец. 7.05060105, 8.05060105 ―Енергетичний менеджмент‖ ден. форми навч. / В.М. Філоненко.- К.: НУХТ, 2013.- 68 с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354F864F" w14:textId="0BFA8527" w:rsidR="00F00352" w:rsidRPr="00F00352" w:rsidRDefault="00F00352" w:rsidP="00F00352">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00352">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маляренко В. А. Енергозбереження та енергетичний аудит : навч. посібник/ В. А. Маляренко, І. А. Неміровський. – Харків : НТУ «ХПІ», 2010. – 341 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098614D6" w14:textId="47BAFF5F" w:rsidR="008D6E9D" w:rsidRPr="008D6E9D" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6E9D" w:rsidRPr="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В.В. Прокопенко, О.М. Закладний, П.В. Кульбачний Енергетичний аудит з прикладами та ілюстраціями: Навчальний посібник. – К.: Освіта України, 2009. – 437с. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63794B56" w14:textId="1CC8A6A9" w:rsidR="008D6E9D" w:rsidRPr="008D6E9D" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6E9D" w:rsidRPr="008D6E9D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хомишин В.Г. Методичні вказівки до виконання курсового проекту з курсу «Енергетичний аудит» / В.Г. Хомишин, М.Г. Тарасенко, К.М. Козак,Р.Р. Івасечко. – Тернопіль: Видавництво ТНТУ ім. І. Пулюя, 2017. – 59 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B414ACA" w14:textId="33C9B760" w:rsidR="008D6E9D" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="5323BE70" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roosa S. A., Doty S., Turner W. C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Energy Management Handbook</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. – 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3B12B4" w14:textId="3ACAA5A4" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="1D4DBC3C" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>th ed. – Lilburn, GA: The Fairmont Press, Inc., 2017. – 900 p. – ISBN 978-0-88173-709-3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5749531D" w14:textId="1926AA8F" w:rsidR="00CC6643" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4A3B12B4" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Energy Efficiency of Manufacturing Processes and Systems / K. Salonitis (ed.). Basel : MDPI, 2020. 224 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33066391" w14:textId="637F8D4B" w:rsidR="00CC6643" w:rsidRDefault="00F00352" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="5749531D" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Industrial Energy Management and Sustainability / M. Benedetti, V. Introna (eds.). Basel : MDPI, 2021. 118 p.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D4DA61" w14:textId="047EC1E6" w:rsidR="00CC6643" w:rsidRDefault="000B76AB" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="33066391" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00352">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Качан Ю. Г., Братковська К. О.  Управління проектами енерговикористання : навч. посіб. Запоріжжя : ЗДІА, 2014. 141 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CA960D" w14:textId="17CE7E7C" w:rsidR="00CC6643" w:rsidRDefault="000B76AB" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="120"/>
-[...74 lines deleted...]
-      <w:r>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00352">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6643">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Братковська К. О.  Економіка енергозбереження : метод. вказівки до викон. практ. робіт. Запоріжжя : ЗДІА, 2015. 32 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EB5042" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...39 lines deleted...]
-    <w:p w14:paraId="21F5D7A1" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
+    <w:p w14:paraId="21F5D7A1" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="720"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F5DFFD2" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-      <w:pPr>
+    <w:p w14:paraId="6F5DFFD2" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Додаткова</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042C0E4F" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...1 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w14:paraId="042C0E4F" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1. Коваленко В. Л. Економічні та екологічні аспекти використання біогазових технологій. Стратегії сталого розвитку територій в умовах посткризового відновлення : монографія / під заг. ред. д.е.н., проф. Храпкіної В.В., д.ю.н., проф. Устименка В.А. – Київ : Інтерсервіс, 2021. 382 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292D9949" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...1 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w14:paraId="292D9949" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2. Енергоефективність та енергозбереження: економічний, техніко-технологічний та екологічний аспекти : кол. моногр. / за заг. ред. П. М. Макаренка, О. В. Калініченка, В. І. Аранчій. Полтава : Астрая, 2019. 603 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555E3BEB" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="555E3BEB" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheilytko A., Yerofieieva A.  Increasing the uniformity of metal heating in chamber furnaces by influence of the electric field. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Procedia Environmental Science, Engineering and Management</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2021. Vol. 8, № Issue 1. P. 87–94. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2D7B44" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...13 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1B2D7B44" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>4. Управління енергоспоживанням: промисловість та соціальна сфера: монографія / О. М. Теліженко та ін. ; заг. ред. О. М. Теліженко, М. І. Сотник. Суми: ВВП "Мрія-1" ТОВ, 2018. 328 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADEB1D3" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...1 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w14:paraId="3ADEB1D3" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Smale, R., &amp; Alexandri, E. (2021). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="404040"/>
@@ -528,80 +691,85 @@
         </w:rPr>
         <w:t>The economic and environmental impacts of energy efficiency policies: A comparative analysis of European countries</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Energy Policy, 158, 112543. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId4">
         <w:r>
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>10.1016/j.enpol.2021.1125</w:t>
         </w:r>
       </w:hyperlink>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_5"/>
           <w:id w:val="-418987243"/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:commentRangeStart w:id="1"/>
         </w:sdtContent>
       </w:sdt>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>43</w:t>
         </w:r>
       </w:hyperlink>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:commentReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C58C87E" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
-[...10 lines deleted...]
-    <w:p w14:paraId="45103F46" w14:textId="77777777" w:rsidR="009A6DB8" w:rsidRPr="00CC6643" w:rsidRDefault="009A6DB8" w:rsidP="00CC6643"/>
+    <w:p w14:paraId="0C58C87E" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45103F46" w14:textId="77777777" w:rsidR="009A6DB8" w:rsidRPr="00CC6643" w:rsidRDefault="009A6DB8" w:rsidP="000B76AB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:sectPr w:rsidR="009A6DB8" w:rsidRPr="00CC6643">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:comment w:id="1" w:author="Марина Томченко" w:date="2025-09-18T09:49:00Z" w:initials="">
     <w:p w14:paraId="5608A170" w14:textId="77777777" w:rsidR="00CC6643" w:rsidRDefault="00CC6643" w:rsidP="00CC6643">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -656,54 +824,60 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008666FE"/>
+    <w:rsid w:val="000B76AB"/>
+    <w:rsid w:val="00307153"/>
+    <w:rsid w:val="00511FDB"/>
     <w:rsid w:val="008666FE"/>
+    <w:rsid w:val="008D6E9D"/>
+    <w:rsid w:val="00961840"/>
     <w:rsid w:val="009A6DB8"/>
     <w:rsid w:val="00CC6643"/>
     <w:rsid w:val="00D26CD3"/>
+    <w:rsid w:val="00F00352"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F71BA24"/>
@@ -1120,50 +1294,86 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст примітки Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.enpol.2021.112543" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.enpol.2021.112543" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1400,69 +1610,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1710</Words>
-  <Characters>976</Characters>
+  <Words>1917</Words>
+  <Characters>1093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2681</CharactersWithSpaces>
+  <CharactersWithSpaces>3004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>