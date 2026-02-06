--- v0 (2025-12-13)
+++ v1 (2026-02-06)
@@ -1,2356 +1,17447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/x-fontdata" Extension="fntdata"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1531 lines deleted...]
-</w:document>
+<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" embedTrueTypeFonts="1" strictFirstAndLastChars="0" saveSubsetFonts="1">
+  <p:sldMasterIdLst>
+    <p:sldMasterId id="2147483659" r:id="rId5"/>
+  </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId6"/>
+  </p:notesMasterIdLst>
+  <p:sldIdLst>
+    <p:sldId id="256" r:id="rId7"/>
+    <p:sldId id="257" r:id="rId8"/>
+    <p:sldId id="258" r:id="rId9"/>
+    <p:sldId id="259" r:id="rId10"/>
+    <p:sldId id="260" r:id="rId11"/>
+    <p:sldId id="261" r:id="rId12"/>
+    <p:sldId id="262" r:id="rId13"/>
+    <p:sldId id="263" r:id="rId14"/>
+    <p:sldId id="264" r:id="rId15"/>
+  </p:sldIdLst>
+  <p:sldSz cy="6858000" cx="12192000"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Lato"/>
+      <p:regular r:id="rId16"/>
+      <p:bold r:id="rId17"/>
+      <p:italic r:id="rId18"/>
+      <p:boldItalic r:id="rId19"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins"/>
+      <p:regular r:id="rId20"/>
+      <p:bold r:id="rId21"/>
+      <p:italic r:id="rId22"/>
+      <p:boldItalic r:id="rId23"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
+  <p:defaultTextStyle>
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+    </a:defPPr>
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst>
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="000000"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="000000"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:presentation>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...52 lines deleted...]
-</w:fonts>
+<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-</w:settings>
+<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{465E74F4-6952-43A1-A718-AB8E375D9159}">
+  <a:tblStyle styleId="{465E74F4-6952-43A1-A718-AB8E375D9159}" styleName="Table_0">
+    <a:wholeTbl>
+      <a:tcTxStyle b="off" i="off">
+        <a:font>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:font>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln cap="flat" cmpd="sng" w="12700">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:srgbClr val="E8ECF4"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:fill>
+          <a:solidFill>
+            <a:srgbClr val="CFD7E7"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcTxStyle/>
+    </a:band2H>
+    <a:band1V>
+      <a:tcTxStyle/>
+      <a:tcStyle>
+        <a:fill>
+          <a:solidFill>
+            <a:srgbClr val="CFD7E7"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcTxStyle/>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:font>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:font>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:font>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln cap="flat" cmpd="sng" w="38100">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:seCell>
+      <a:tcTxStyle/>
+    </a:seCell>
+    <a:swCell>
+      <a:tcTxStyle/>
+    </a:swCell>
+    <a:firstRow>
+      <a:tcTxStyle b="on" i="off">
+        <a:font>
+          <a:latin typeface="Calibri"/>
+          <a:ea typeface="Calibri"/>
+          <a:cs typeface="Calibri"/>
+        </a:font>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln cap="flat" cmpd="sng" w="38100">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+    <a:neCell>
+      <a:tcTxStyle/>
+    </a:neCell>
+    <a:nwCell>
+      <a:tcTxStyle/>
+    </a:nwCell>
+  </a:tblStyle>
+</a:tblStyleLst>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...239 lines deleted...]
-</w:styles>
+<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
+  <p:slideViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
+        </p:scale>
+        <p:origin x="0" y="0"/>
+      </p:cViewPr>
+      <p:guideLst>
+        <p:guide pos="2160" orient="horz"/>
+        <p:guide pos="2880"/>
+      </p:guideLst>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+</p:viewPr>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...239 lines deleted...]
-</w:styles>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-regular.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-italic.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-bold.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-boldItalic.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-</w:webSettings>
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="2" name="Shape 2"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Google Shape;3;n"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Google Shape;4;n"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-298450" lvl="0" marL="457200">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-298450" lvl="1" marL="914400">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-298450" lvl="2" marL="1371600">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-298450" lvl="3" marL="1828800">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-298450" lvl="4" marL="2286000">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-298450" lvl="5" marL="2743200">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-298450" lvl="6" marL="3200400">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="●"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-298450" lvl="7" marL="3657600">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="○"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-298450" lvl="8" marL="4114800">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buChar char="■"/>
+              <a:defRPr sz="1100"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
+  <p:notesStyle>
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+    </a:defPPr>
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+      <a:lnSpc>
+        <a:spcPct val="100000"/>
+      </a:lnSpc>
+      <a:spcBef>
+        <a:spcPts val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPts val="0"/>
+      </a:spcAft>
+      <a:buClr>
+        <a:srgbClr val="000000"/>
+      </a:buClr>
+      <a:buFont typeface="Arial"/>
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+        <a:sym typeface="Arial"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="80" name="Shape 80"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Google Shape;81;p1:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="Google Shape;82;p1:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="89" name="Shape 89"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="90" name="Google Shape;90;p2:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="91" name="Google Shape;91;p2:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="105" name="Shape 105"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="Google Shape;106;p3:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="107" name="Google Shape;107;p3:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="124" name="Shape 124"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Google Shape;125;p4:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="Google Shape;126;p4:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="141" name="Shape 141"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="142" name="Google Shape;142;p5:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="143" name="Google Shape;143;p5:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="156" name="Shape 156"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Google Shape;157;p6:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="158" name="Google Shape;158;p6:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="169" name="Shape 169"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="170" name="Google Shape;170;p7:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171" name="Google Shape;171;p7:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="187" name="Shape 187"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="188" name="Google Shape;188;p8:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="Google Shape;189;p8:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="203" name="Shape 203"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204" name="Google Shape;204;p9:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="205" name="Google Shape;205;p9:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1143225" y="685800"/>
+            <a:ext cx="4572225" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Blank" type="blank">
+  <p:cSld name="BLANK">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="11" name="Shape 11"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Google Shape;12;p2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Google Shape;13;p2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Google Shape;14;p2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and Vertical Text" type="vertTx">
+  <p:cSld name="VERTICAL_TEXT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="68" name="Shape 68"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Google Shape;69;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Google Shape;70;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="2309019" y="-251618"/>
+            <a:ext cx="4525963" cy="8229600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="»"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Google Shape;71;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Google Shape;72;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Google Shape;73;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+  <p:cSld name="VERTICAL_TITLE_AND_VERTICAL_TEXT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="74" name="Shape 74"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Google Shape;75;p12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="4732338" y="2171701"/>
+            <a:ext cx="5851525" cy="2057400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Google Shape;76;p12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="541338" y="190500"/>
+            <a:ext cx="5851525" cy="6019800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="»"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Google Shape;77;p12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Google Shape;78;p12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Google Shape;79;p12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title Slide" type="title">
+  <p:cSld name="TITLE">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="15" name="Shape 15"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Google Shape;16;p3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="2130425"/>
+            <a:ext cx="7772400" cy="1470025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Google Shape;17;p3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="subTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="3886200"/>
+            <a:ext cx="6400800" cy="1752600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Google Shape;18;p3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Google Shape;19;p3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Google Shape;20;p3"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and Content" type="obj">
+  <p:cSld name="OBJECT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="21" name="Shape 21"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Google Shape;22;p4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Google Shape;23;p4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="»"/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Google Shape;24;p4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Google Shape;25;p4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Google Shape;26;p4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Section Header" type="secHead">
+  <p:cSld name="SECTION_HEADER">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="27" name="Shape 27"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Google Shape;28;p5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="722313" y="4406900"/>
+            <a:ext cx="7772400" cy="1362075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="4000" cap="none"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Google Shape;29;p5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="722313" y="2906713"/>
+            <a:ext cx="7772400" cy="1500187"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="888888"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Google Shape;30;p5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Google Shape;31;p5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Google Shape;32;p5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Two Content" type="twoObj">
+  <p:cSld name="TWO_OBJECTS">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="33" name="Shape 33"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Google Shape;34;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Google Shape;35;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-406400" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-381000" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-355600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Google Shape;36;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="2" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4648200" y="1600200"/>
+            <a:ext cx="4038600" cy="4525963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-406400" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-381000" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-355600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Google Shape;37;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Google Shape;38;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Google Shape;39;p6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Comparison" type="twoTxTwoObj">
+  <p:cSld name="TWO_OBJECTS_WITH_TEXT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="40" name="Shape 40"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Google Shape;41;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Google Shape;42;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1535113"/>
+            <a:ext cx="4040188" cy="639762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Google Shape;43;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="2" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2174875"/>
+            <a:ext cx="4040188" cy="3951288"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-381000" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-355600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-330200" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-330200" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-330200" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-330200" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-330200" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-330200" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Google Shape;44;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="3" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4645025" y="1535113"/>
+            <a:ext cx="4041775" cy="639762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Google Shape;45;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="4" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4645025" y="2174875"/>
+            <a:ext cx="4041775" cy="3951288"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-381000" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-355600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-330200" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-330200" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-330200" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-330200" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-330200" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-330200" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="320"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Google Shape;46;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="Google Shape;47;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Google Shape;48;p7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title Only" type="titleOnly">
+  <p:cSld name="TITLE_ONLY">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="49" name="Shape 49"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50" name="Google Shape;50;p8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51" name="Google Shape;51;p8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Google Shape;52;p8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Google Shape;53;p8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Content with Caption" type="objTx">
+  <p:cSld name="OBJECT_WITH_CAPTION_TEXT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="54" name="Shape 54"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55" name="Google Shape;55;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="273050"/>
+            <a:ext cx="3008313" cy="1162050"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2000"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Google Shape;56;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3575050" y="273050"/>
+            <a:ext cx="5111750" cy="5853113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-431800" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-406400" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-381000" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-355600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="–"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-355600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="»"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-355600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-355600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-355600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-355600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Google Shape;57;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="2" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1435100"/>
+            <a:ext cx="3008313" cy="4691063"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="240"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58" name="Google Shape;58;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59" name="Google Shape;59;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Google Shape;60;p9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Picture with Caption" type="picTx">
+  <p:cSld name="PICTURE_WITH_CAPTION_TEXT">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="61" name="Shape 61"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Google Shape;62;p10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="4800600"/>
+            <a:ext cx="5486400" cy="566738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr b="1" sz="2000"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Google Shape;63;p10"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="pic"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="612775"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Google Shape;64;p10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1792288" y="5367338"/>
+            <a:ext cx="5486400" cy="804862"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="280"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="240"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1000"/>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
+              <a:spcBef>
+                <a:spcPts val="180"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="900"/>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Google Shape;65;p10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Google Shape;66;p10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Google Shape;67;p10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="5" name="Shape 5"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Google Shape;6;p1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="4400"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="4400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Google Shape;7;p1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="-431800" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="640"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="3200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="-406400" lvl="1" marL="914400" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="560"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="-381000" lvl="2" marL="1371600" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="480"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="2400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="-355600" lvl="3" marL="1828800" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="-355600" lvl="4" marL="2286000" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="»"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="-355600" lvl="5" marL="2743200" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="-355600" lvl="6" marL="3200400" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="-355600" lvl="7" marL="3657600" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="-355600" lvl="8" marL="4114800" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="400"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Google Shape;8;p1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="10" type="dt"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Google Shape;9;p1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="11" type="ftr"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6356350"/>
+            <a:ext cx="2895600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p/>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Google Shape;10;p1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="6356350"/>
+            <a:ext cx="2133600" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483648" r:id="rId1"/>
+    <p:sldLayoutId id="2147483649" r:id="rId2"/>
+    <p:sldLayoutId id="2147483650" r:id="rId3"/>
+    <p:sldLayoutId id="2147483651" r:id="rId4"/>
+    <p:sldLayoutId id="2147483652" r:id="rId5"/>
+    <p:sldLayoutId id="2147483653" r:id="rId6"/>
+    <p:sldLayoutId id="2147483654" r:id="rId7"/>
+    <p:sldLayoutId id="2147483655" r:id="rId8"/>
+    <p:sldLayoutId id="2147483656" r:id="rId9"/>
+    <p:sldLayoutId id="2147483657" r:id="rId10"/>
+    <p:sldLayoutId id="2147483658" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:hf dt="0" ftr="0" hdr="0" sldNum="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+      </a:defPPr>
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+      </a:defPPr>
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+      </a:defPPr>
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:srgbClr val="000000"/>
+        </a:buClr>
+        <a:buFont typeface="Arial"/>
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+          <a:sym typeface="Arial"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="83" name="Shape 83"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="84" name="Google Shape;84;p13"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="85" name="Google Shape;85;p13"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2229742" y="5114925"/>
+            <a:ext cx="7732514" cy="733425"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="86" name="Google Shape;86;p13"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3795563" y="3924300"/>
+            <a:ext cx="4600872" cy="333375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="2100" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Менеджмент міжнародного бізнесу</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="87" name="Google Shape;87;p13"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4073872" y="5314950"/>
+            <a:ext cx="4044106" cy="257175"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1650" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="718096"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Запорізький національний університет</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="88" name="Google Shape;88;p13"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="295275" y="1676400"/>
+            <a:ext cx="11601600" cy="1662300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="5400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Зелена економіка та </a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="5400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="1E3A34"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins"/>
+              <a:ea typeface="Poppins"/>
+              <a:cs typeface="Poppins"/>
+              <a:sym typeface="Poppins"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="5400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>міжнародні ринки</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="92" name="Shape 92"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="93" name="Google Shape;93;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="94" name="Google Shape;94;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="1944885"/>
+            <a:ext cx="5238750" cy="3810000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;p14"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2773560"/>
+            <a:ext cx="5238750" cy="857250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Курс спрямований на формування </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>системного бачення</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> зеленої трансформації бізнесу. Ми готуємо менеджерів, здатних:</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="96" name="Google Shape;96;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6381750" y="1944885"/>
+            <a:ext cx="5238750" cy="3810000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="97" name="Google Shape;97;p14"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3821310"/>
+            <a:ext cx="5238750" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="285750" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Приймати рішення щодо виходу на ринки ЄС</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="98" name="Google Shape;98;p14"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4249935"/>
+            <a:ext cx="5238750" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="285750" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Впроваджувати ESG-стандарти та вимоги</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="Google Shape;99;p14"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4678560"/>
+            <a:ext cx="5238750" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="285750" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Управляти зеленими фінансами</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="100" name="Google Shape;100;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3873698"/>
+            <a:ext cx="190500" cy="200025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="101" name="Google Shape;101;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4302323"/>
+            <a:ext cx="190500" cy="200025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="102" name="Google Shape;102;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4730948"/>
+            <a:ext cx="190500" cy="200025"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Google Shape;103;p14"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Мета та опис курсу</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Google Shape;104;p14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="108" name="Shape 108"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="109" name="Google Shape;109;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="110" name="Google Shape;110;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2278260"/>
+            <a:ext cx="3492400" cy="3143250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="111" name="Google Shape;111;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4349650" y="2278260"/>
+            <a:ext cx="3492549" cy="3143250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="112" name="Google Shape;112;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8127950" y="2278260"/>
+            <a:ext cx="3492400" cy="3143250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="Google Shape;113;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="952500" y="3945135"/>
+            <a:ext cx="2730400" cy="857250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Аналіз зеленої трансформації ринків та оцінка регуляторних вимог.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="Google Shape;114;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4730650" y="3945135"/>
+            <a:ext cx="2730549" cy="857250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Впровадження нефінансової звітності та KPI сталого розвитку.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Google Shape;115;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8508950" y="3945135"/>
+            <a:ext cx="2730400" cy="571500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Формування стратегій для міжнародних «зелених» ринків.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="116" name="Google Shape;116;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2079575" y="2706885"/>
+            <a:ext cx="476250" cy="476250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="117" name="Google Shape;117;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId7">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5857726" y="2706885"/>
+            <a:ext cx="476250" cy="476250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="118" name="Google Shape;118;p15"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId8">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9636025" y="2706885"/>
+            <a:ext cx="476250" cy="476250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Google Shape;119;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Ключові результати навчання</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="120" name="Google Shape;120;p15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="121" name="Google Shape;121;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="884239" y="3421260"/>
+            <a:ext cx="2866920" cy="333375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Еко-трансформація</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Google Shape;122;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4662387" y="3421260"/>
+            <a:ext cx="2867077" cy="333375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>ESG-управління</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="123" name="Google Shape;123;p15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8440690" y="3421260"/>
+            <a:ext cx="2866920" cy="333375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Стратегія виходу</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="127" name="Shape 127"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="128" name="Google Shape;128;p16"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="129" name="Google Shape;129;p16"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2625923"/>
+            <a:ext cx="3314700" cy="2447925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="130" name="Google Shape;130;p16"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4438650" y="2625923"/>
+            <a:ext cx="3314700" cy="2447925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="131" name="Google Shape;131;p16"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8305800" y="2625923"/>
+            <a:ext cx="3314700" cy="2447925"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="132" name="Google Shape;132;p16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3849885"/>
+            <a:ext cx="11049000" cy="38100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="133" name="Google Shape;133;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="876300" y="3435548"/>
+            <a:ext cx="2705100" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Концепція та архітектура</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> Циркулярна економіка та зелена конкурентоспроможність.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="134" name="Google Shape;134;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4743450" y="3435548"/>
+            <a:ext cx="2705100" cy="857250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Регулювання та стандарти</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> Кліматична політика, ESG та екомаркування.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="135" name="Google Shape;135;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610600" y="3435548"/>
+            <a:ext cx="2705100" cy="857250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="125000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Стратегія та фінанси</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> Зелені фінанси та маркетинг сталих продуктів.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Google Shape;136;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Зміст навчальних модулів</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Google Shape;137;p16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Google Shape;138;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="808672" y="2930723"/>
+            <a:ext cx="2840355" cy="314325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1650" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Модуль 1</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="139" name="Google Shape;139;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4675822" y="2930723"/>
+            <a:ext cx="2840355" cy="314325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1650" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Модуль 2</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Google Shape;140;p16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8542972" y="2930723"/>
+            <a:ext cx="2840355" cy="314325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1650" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Модуль 3</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="144" name="Shape 144"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="145" name="Google Shape;145;p17"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="146" name="Google Shape;146;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2827883"/>
+            <a:ext cx="4953000" cy="571500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Перехід від лінійної моделі «виробництво-відходи» до ресурсоефективних стратегій. Ключові аспекти:</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="147" name="Google Shape;147;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="5075783"/>
+            <a:ext cx="4953000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="1" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>"Сміття — це ресурс, який опинився не в тому місці."</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="148" name="Google Shape;148;p17"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="0"/>
+            <a:ext cx="6096000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Google Shape;149;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="3780383"/>
+            <a:ext cx="114300" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Google Shape;150;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="952500" y="3780383"/>
+            <a:ext cx="4572000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="114300" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Екодизайн та життєвий цикл продукту</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Google Shape;151;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="4066133"/>
+            <a:ext cx="114300" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="152" name="Google Shape;152;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="952500" y="4066133"/>
+            <a:ext cx="4572000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="114300" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Зворотна логістика</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="153" name="Google Shape;153;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="4351883"/>
+            <a:ext cx="114300" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>•</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="154" name="Google Shape;154;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="952500" y="4351883"/>
+            <a:ext cx="4572000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="114300" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Ремануфактура та переробка</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="155" name="Google Shape;155;p17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="1334541"/>
+            <a:ext cx="4680585" cy="921841"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Циркулярна економіка</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="159" name="Shape 159"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="160" name="Google Shape;160;p18"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Google Shape;161;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4469010"/>
+            <a:ext cx="11049000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Денна форма:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> 22 год лекцій / 12 год практичних</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162" name="Google Shape;162;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4945260"/>
+            <a:ext cx="11049000" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Заочна форма:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> 4 год лекцій / 4 год практичних</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Google Shape;163;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2278260"/>
+            <a:ext cx="5286375" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="9000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="Google Shape;164;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3421260"/>
+            <a:ext cx="5286375" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Кредити ECTS</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="165" name="Google Shape;165;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6334125" y="2278260"/>
+            <a:ext cx="5286375" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="9000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>90</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166" name="Google Shape;166;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6334125" y="3421260"/>
+            <a:ext cx="5286375" cy="381000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Загальна кількість годин</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="167" name="Google Shape;167;p18"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Параметри дисципліни</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="168" name="Google Shape;168;p18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="172" name="Shape 172"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="173" name="Google Shape;173;p19"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="174" name="Google Shape;174;p19"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="571500" y="2311598"/>
+          <a:ext cx="3000000" cy="3000000"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr bandRow="1" firstRow="1">
+                <a:noFill/>
+                <a:tableStyleId>{465E74F4-6952-43A1-A718-AB8E375D9159}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="3935600"/>
+                <a:gridCol w="4937525"/>
+                <a:gridCol w="2175875"/>
+              </a:tblGrid>
+              <a:tr h="673900">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Вид контролю</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="1E3A34"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Заходи</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="1E3A34"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Макс. бали</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="1E3A34"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="673900">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Поточний контроль</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Тести, практичні роботи, кейси</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>60</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="673900">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Підсумковий контроль</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="F8FAFC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Залік (тест + ситуаційна задача)</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="F8FAFC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>40</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="F8FAFC"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+              <a:tr h="673900">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>РАЗОМ</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>Успішне завершення курсу</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:srgbClr val="4A5568"/>
+                          </a:solidFill>
+                          <a:latin typeface="Lato"/>
+                          <a:ea typeface="Lato"/>
+                          <a:cs typeface="Lato"/>
+                          <a:sym typeface="Lato"/>
+                        </a:rPr>
+                        <a:t>100</a:t>
+                      </a:r>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25400" marB="25400" marR="63500" marL="63500" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnL>
+                    <a:lnR cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnR>
+                    <a:lnT cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnT>
+                    <a:lnB cap="flat" cmpd="sng" w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="000000">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175" name="Google Shape;175;p19"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="5197673"/>
+            <a:ext cx="11049000" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="718096"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>*Додатково: до 10 заоохочувальних балів за наукову активність та неформальну освіту.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="176" name="Google Shape;176;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3640335"/>
+            <a:ext cx="3935610" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="177" name="Google Shape;177;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4507110" y="3640335"/>
+            <a:ext cx="4937521" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="178" name="Google Shape;178;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9444632" y="3640335"/>
+            <a:ext cx="2175867" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Google Shape;179;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4316610"/>
+            <a:ext cx="3935610" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="180" name="Google Shape;180;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4507110" y="4316610"/>
+            <a:ext cx="4937521" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="181" name="Google Shape;181;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9444632" y="4316610"/>
+            <a:ext cx="2175867" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="Google Shape;182;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="4992885"/>
+            <a:ext cx="3935610" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="183" name="Google Shape;183;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4507110" y="4992885"/>
+            <a:ext cx="4937521" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Google Shape;184;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9444632" y="4992885"/>
+            <a:ext cx="2175867" cy="9525"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E2E8F0"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="185" name="Google Shape;185;p19"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Оцінювання та контроль</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="Google Shape;186;p19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="190" name="Shape 190"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="191" name="Google Shape;191;p20"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="192" name="Google Shape;192;p20"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="1944885"/>
+            <a:ext cx="3810000" cy="3810000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="Google Shape;193;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="2940248"/>
+            <a:ext cx="6667500" cy="571500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Кандидат філософських наук, доцент кафедри бізнес-адміністрування і менеджменту ЗЕД.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="194" name="Google Shape;194;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="3797498"/>
+            <a:ext cx="6667500" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="190500" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>a.n.oleynick@gmail.com</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="Google Shape;195;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="4273748"/>
+            <a:ext cx="6667500" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="190500" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>(061) 289-41-39</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Google Shape;196;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="4749998"/>
+            <a:ext cx="6667500" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="142875" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="4A5568"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>ЗНУ, 6 корп., ауд. 108</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="197" name="Google Shape;197;p20"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="3854648"/>
+            <a:ext cx="190500" cy="190500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="198" name="Google Shape;198;p20"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="4330898"/>
+            <a:ext cx="190500" cy="190500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="199" name="Google Shape;199;p20"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId7">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="4807148"/>
+            <a:ext cx="142875" cy="190500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200" name="Google Shape;200;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="762000" y="571500"/>
+            <a:ext cx="10241280" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="109969"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="3300" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Ваш викладач</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="Google Shape;201;p20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="571500"/>
+            <a:ext cx="76200" cy="460920"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="2ECC71"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="202" name="Google Shape;202;p20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4953000" y="2473523"/>
+            <a:ext cx="7000875" cy="276225"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1404" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="1E3A34"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Олійник Олександр Миколайович</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="1E3A34"/>
+        </a:solidFill>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="206" name="Shape 206"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="207" name="Google Shape;207;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="image.png" id="208" name="Google Shape;208;p21"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="3810000"/>
+            <a:ext cx="11049000" cy="1619250"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="209" name="Google Shape;209;p21"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571500" y="2990850"/>
+            <a:ext cx="11049000" cy="342900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="2ECC71"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Чекаємо на вас у системі Moodle ZNU</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="210" name="Google Shape;210;p21"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="857250" y="4286250"/>
+            <a:ext cx="10477500" cy="285750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Курс у Moodle: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>id=17997</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="211" name="Google Shape;211;p21"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="857250" y="4762500"/>
+            <a:ext cx="10477500" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Консультації: вівторок, 16:00 (Zoom/ауд. 108)</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="212" name="Google Shape;212;p21"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="295275" y="1428750"/>
+            <a:ext cx="11601450" cy="1143000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="6000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins"/>
+                <a:ea typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+                <a:sym typeface="Poppins"/>
+              </a:rPr>
+              <a:t>Питання?</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -2428,75 +17519,306 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</Properties>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
 </file>
-
-[...8 lines deleted...]
-</file>