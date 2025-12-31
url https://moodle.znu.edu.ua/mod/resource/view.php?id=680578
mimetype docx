--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -29,142 +29,805 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B927E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>9.10.25</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="7088"/>
         <w:gridCol w:w="1553"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B927E5" w:rsidTr="00B927E5">
+      <w:tr w:rsidR="00B927E5" w:rsidRPr="00AB767A" w:rsidTr="00B927E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B927E5" w:rsidRPr="00B927E5" w:rsidRDefault="00B927E5">
+          <w:p w:rsidR="00B927E5" w:rsidRPr="00AB767A" w:rsidRDefault="00B927E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B927E5">
+            <w:r w:rsidRPr="00AB767A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B927E5" w:rsidRPr="00B927E5" w:rsidRDefault="00B927E5">
+          <w:p w:rsidR="00B927E5" w:rsidRPr="00AB767A" w:rsidRDefault="006D6D21">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId4" w:history="1">
-              <w:r w:rsidRPr="00B927E5">
+              <w:r w:rsidR="00B927E5" w:rsidRPr="00AB767A">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:b/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Коваль Роман </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidRPr="00B927E5">
+              <w:r w:rsidR="00B927E5" w:rsidRPr="00AB767A">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:b/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>Євгенович</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B927E5" w:rsidRPr="00B927E5" w:rsidRDefault="00B927E5">
+          <w:p w:rsidR="00B927E5" w:rsidRPr="00AB767A" w:rsidRDefault="00B927E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B927E5">
+            <w:r w:rsidRPr="00AB767A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B927E5" w:rsidRDefault="00B927E5">
+    <w:p w:rsidR="00B927E5" w:rsidRDefault="00B927E5"/>
+    <w:p w:rsidR="00AB767A" w:rsidRPr="00B927E5" w:rsidRDefault="00AB767A" w:rsidP="00AB767A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27.11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B927E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.25</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="1553"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AB767A" w:rsidTr="00FB7486">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00AB767A" w:rsidRDefault="00AB767A" w:rsidP="00FB7486">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB767A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00AB767A" w:rsidRDefault="006D6D21" w:rsidP="00AB767A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Горпинич</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Валерія</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Олегівна</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00B927E5" w:rsidRDefault="00AB767A" w:rsidP="00FB7486">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B927E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB767A" w:rsidTr="00AB767A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00AB767A" w:rsidRDefault="00AB767A" w:rsidP="00FB7486">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB767A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00AB767A" w:rsidRDefault="006D6D21" w:rsidP="00AB767A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Соколова </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Каріна</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="00AB767A" w:rsidRPr="00AB767A">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Євгенівна</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB767A" w:rsidRPr="00B927E5" w:rsidRDefault="00AB767A" w:rsidP="00FB7486">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B927E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C07A32" w:rsidRDefault="00C07A32" w:rsidP="00C07A32">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C07A32" w:rsidRPr="00B927E5" w:rsidRDefault="00C07A32" w:rsidP="00C07A32">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B927E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.25</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="1553"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D6D21" w:rsidTr="00C12784">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="00C07A32" w:rsidRDefault="006D6D21" w:rsidP="00C12784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C07A32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="00C07A32" w:rsidRDefault="006D6D21" w:rsidP="00C12784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00C07A32">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Лупашку </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00C07A32">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Андрій</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00C07A32">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00C07A32">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                </w:rPr>
+                <w:t>Дмитрович</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="00B927E5" w:rsidRDefault="006D6D21" w:rsidP="00C12784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B927E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D6D21" w:rsidRPr="006D6D21" w:rsidTr="00134FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C07A32" w:rsidRPr="006D6D21" w:rsidRDefault="006D6D21" w:rsidP="00134FA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C07A32" w:rsidRPr="006D6D21" w:rsidRDefault="006D6D21" w:rsidP="00C07A32">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Горбатко </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Олександр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Сергійович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C07A32" w:rsidRPr="006D6D21" w:rsidRDefault="00C07A32" w:rsidP="00134FA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D6D21" w:rsidRPr="006D6D21" w:rsidTr="00C12784">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="006D6D21" w:rsidRDefault="006D6D21" w:rsidP="00C12784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="006D6D21" w:rsidRDefault="006D6D21" w:rsidP="006D6D21">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Красніков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Іван</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Олексійович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D6D21" w:rsidRPr="006D6D21" w:rsidRDefault="006D6D21" w:rsidP="00C12784">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C07A32" w:rsidRDefault="00C07A32">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B927E5">
+    <w:sectPr w:rsidR="00C07A32">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -172,77 +835,80 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00111548"/>
     <w:rsid w:val="00111548"/>
+    <w:rsid w:val="006D6D21"/>
     <w:rsid w:val="009E70C4"/>
+    <w:rsid w:val="00AB767A"/>
     <w:rsid w:val="00B927E5"/>
+    <w:rsid w:val="00C07A32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2B3A9D84"/>
+  <w14:docId w14:val="686C6BA9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{142F773F-7A7C-48CC-B649-9AFA505A768F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -598,50 +1264,72 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006D6D21"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B927E5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -691,77 +1379,183 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B927E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B927E5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006D6D21"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="68622756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="196282904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="285433645">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="955335506">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1623531289">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="41950715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2052798857">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="704983976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/user/view.php?id=56689&amp;course=22" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/user/view.php?id=56314&amp;course=22" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/user/view.php?id=56580&amp;course=22" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/user/view.php?id=56252&amp;course=22" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/user/view.php?id=56689&amp;course=22" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -983,57 +1777,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>17</Words>
-  <Characters>97</Characters>
+  <Words>78</Words>
+  <Characters>449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>113</CharactersWithSpaces>
+  <CharactersWithSpaces>526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>