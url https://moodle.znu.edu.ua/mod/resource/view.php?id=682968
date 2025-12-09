--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -1,459 +1,6452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0084036C" w:rsidRPr="00745EEC" w:rsidRDefault="00745EEC">
+    <w:p w14:paraId="6D078738" w14:textId="47B74551" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00745EEC">
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00745EEC">
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендована </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00745EEC">
+        </w:rPr>
+        <w:t>література</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00745EEC">
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00745EEC">
+        </w:rPr>
+        <w:t>інформаційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00745EEC">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресурси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F171943" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAD7122" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D5BA5C" w14:textId="34312D8E" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Барабаш Ю. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Чуже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Інакше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Своє</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Етнокультурне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>пограниччя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>концептуальний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>типологічний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ситуативний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>аспекти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Темпора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2020. 216 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205B07A2" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Бех</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> І. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Особистість</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>сяйві</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>духовності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>монографія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Чернівці</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Букрек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>», 2021. 244 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F408BC5" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Бистрицький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Пролеєв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Зимовець</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Комунікація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і культура в глобальному </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>світі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дух і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Літера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2020. 416 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3EEE11" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бондаренко І. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Журналістська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>етика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>здобувачів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ступеня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вищої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бакалавра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>спеціальності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Журналістика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Запоріжжя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗНУ, 2021. 176 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3FD26C" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Дручек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. Феномен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>історичної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>пам’яті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>контексті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>реалізації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>завдань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сучасної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Проблеми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>правоохоронної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>освітньої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. 2025. № 1. С. 70</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>79.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7867AF" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Людина, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>суспільство</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, держава: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ґендерний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вимір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кол. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>монографія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ред.: К. Б. Левченко, І. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Сопілко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Одеса :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Фенікс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2024. 324 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482E4E29" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мельничук В. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Толерантність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>складова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>європейського</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>аксіопростору</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Вісник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Львівського</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>університету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Серія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>філос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>політолог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>студії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2025. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Вип</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. 59. С. 157–163.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33794D77" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Навчальний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>курикулум</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>інклюзивної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Теорія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та методика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>інклюзивного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>навчання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Модулі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1–3 / уклад. Л. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Сидорів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>, за ред. С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Сидоріва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Івано-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Франківськ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Видавець</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Кушнір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г. М., 2020. 235 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9DAE83" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Невидимі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наслідки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>війни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>розпізнати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>спілкуватись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>допомогти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подолати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Довідник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для широкого кола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>фахівців</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. ред. К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Возніцина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Л. Литвиненко. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2020. 192 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3CC116" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>українська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школа: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>порадник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>вчителя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>. ред. Н. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Бібік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>Літера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЛТД, 2019. 208 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C85F9B" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Організація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>індивідуальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освітньої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>траєкторії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дитини</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>особливими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребами в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>закладі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>загальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>середньої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>навчально-методичний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>посібник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>; за ред. О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Голентовської</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Житомир :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Полісся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2020. 132 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A088578" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="12" w:lineRule="atLeast"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve">Політова А. С. Стратегія впровадження гендерної рівності у сферу освіти 2030 року та реальність її впровадження. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гендерна рівність та інклюзія у вищій освіті: від політики до реалізації</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>: збірник матеріалів Міжнародної науково-практичної конференції, присвяченої Дню науки та Дню Європи в Україні (16 травня 2025 року). Київ : КНЕУ, 2025. С. 171</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>175.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F4FD00" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Права </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>людини</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>особливих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>правових</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режимах: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>досвід</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>України</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00745EEC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>монографія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Д. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Терлецький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, О. Марусяк, Ю. Батан, М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Афанасьєва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ; за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. ред. М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Афанасьєвої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Одеса :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Видавничий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Гельветика», 2022. 356 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689AA983" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Соціальна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>інклюзія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сфері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вищої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: теоретико-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>концептуальні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> засади, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>цільові</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>групи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>виміри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>індикатори</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>монографія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Оржель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, М. Бойченко, О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Петроє</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Цимбалюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Н. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Шофолова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>; за ред. О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Оржель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Інститут</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вищої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НАПН </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2024. 122 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1065EF7E" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Толерантність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на кордонах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Європи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вимір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>матеріали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>міжнародної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>науково-практичної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>конференції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>упоряд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.: І. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Вегеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Колодій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Відп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вип</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.: М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Вегеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Ужгород, ФОП Наумченко Н.В., 2019. 144 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A173A4" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Чекстере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Гендерні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>особливості</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПТСР у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дітей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>постраждалих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>війни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Україні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Соціально-психологічні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>проблеми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>гендерної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>стратифікації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>суспільства</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>матеріали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XVІ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Всеукраїнської</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>науково-практичної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>конференції</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (м. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>квітня</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 р.). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Київ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вид-во СНУ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В. Даля, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Україна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 2024. С. 333</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>337.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DE1D44" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Шершова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т., Чайка В. Культурна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пам’ять</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і культура </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пам’яті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Гуманітарні</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>студії</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>педагогіка</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>психологія</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>філософія</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>024. Т. 15(1). С. 188</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>195.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79158680" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Agius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Towards</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Culture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tolerance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Peace. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Montreal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Bureau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Children’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rights, 2013. 65 р.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D5E3AC" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Paths</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Culture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tolerance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Peace; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Basma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Zein</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ahmed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Jarwan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>editor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>London :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Taylor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Francis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021. 260 р. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://library.oapen.org/handle/20.500.12657/59763</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2D8C0B09" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="226" w:lineRule="exact"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70903208" w14:textId="77777777" w:rsidR="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+        </w:tabs>
+        <w:spacing w:line="226" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Інформаційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ресурси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633D448A" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бацевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. Словник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>термінів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міжкультурної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>комунікації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://terminy-mizhkultkomunikacii.wikidot.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="407B3B00" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Верховна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вебпортал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> парламенту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="-6"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.rada.gov.ua</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="529332CF" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дитина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>особливими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>освітніми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребами. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://bf.in.ua/rizni-sotsialni-hrupy-2/dytyna-zosoblyvymy-osvitnimy-potrebamy-oop</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="741117CC" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Європейський</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Союз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.consilium.europa.eu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="57868443" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Європейський</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суд з прав </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>людини</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.echr.coe.int/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5E8CD09C" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Інститут</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>національної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пам’яті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Інформаційні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>матеріали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://uinp.gov.ua/informaciyni</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:br/>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>materialy</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5B2BDB71" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="212529"/>
-[...24 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00745EEC">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Організація з безпеки і співробітництва в Європі (ОБСЄ): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="003756C4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://www.osce.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8E7809" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Офіс Ради Європи в Україні: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="uk-UA"/>
+          </w:rPr>
+          <w:t>https://www.coe.int/uk/web/kyiv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409FC005" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Європи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.coe.int</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4B9655FC" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Словник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Європейського</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інституту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ґендерної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рівності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://ngo.zt.ua/slovnyk-eigr/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="616D7A0A" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Уповноважен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Верховної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ради </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>України</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з прав </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>людини</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
           <w:t>https://ombudsman.gov.ua/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00745EEC">
+      <w:r w:rsidRPr="003756C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="212529"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00745EEC" w:rsidRPr="00745EEC" w:rsidRDefault="00745EEC">
+    <w:p w14:paraId="3FEFB523" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00745EEC">
-[...18 lines deleted...]
-        <w:r w:rsidRPr="00745EEC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цінності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>глухої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оборони до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>навігації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>незвіданому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="003756C4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:lang w:val="uk-UA"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.osce.org/</w:t>
+          <w:t>https://nus.org.ua/view/tsinnosti-v-shkoli-vid-gluhoyi-oborony-do-navigatsiyi-v-nezvidanomu/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00745EEC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00745EEC" w:rsidRDefault="00745EEC">
+    <w:p w14:paraId="6A04E1F2" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00745EEC">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00745EEC">
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЮНЕСКО. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Офіційний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайт. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="003756C4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:lang w:val="uk-UA"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://unesco.org/en</w:t>
+          <w:t>https://www.unesco.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00745EEC">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00745EEC" w:rsidRDefault="00745EEC">
+    <w:p w14:paraId="1E966E89" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="007C326B">
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Яковенко Н. Образ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сусіда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в наших </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>підручниках</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>історії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="003756C4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:lang w:val="uk-UA"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.echr.coe.int/</w:t>
+          <w:t>http://www.istpravda.com.ua/</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:br/>
+        </w:r>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>research/2010/12/15/8970/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00745EEC" w:rsidRPr="00745EEC" w:rsidRDefault="00745EEC">
+    <w:p w14:paraId="02069DA2" w14:textId="65FC6408" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="007C326B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Activities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tolerance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Classroom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="003756C4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:lang w:val="uk-UA"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.coe.int/uk/web/kyiv</w:t>
+          <w:t>https://resilienteducator.com/classroomresources/activities-for-teaching-tolerance-in-the-classroom/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00745EEC" w:rsidRPr="00745EEC">
+    <w:p w14:paraId="52D9EFB2" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gender</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="topicOverview" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.statista.com/topics/3719/gende</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:br/>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>requality-in-europe</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>/#topicOverview</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0DCD6114" w14:textId="77777777" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="425"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gender</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strategy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Achievements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>areas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>action</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003756C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="003756C4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://commission.europa.eu/strategy-and-policy/policies/justice-and-fundamental-rights/genderequality/gender-equality-strategy_en</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7E01871E" w14:textId="1B11E57B" w:rsidR="003756C4" w:rsidRPr="003756C4" w:rsidRDefault="003756C4" w:rsidP="003756C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="10206"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003756C4" w:rsidRPr="003756C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="8415D141"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8415D141"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D525947"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7D525947"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00745EEC"/>
+    <w:rsid w:val="003756C4"/>
     <w:rsid w:val="00745EEC"/>
     <w:rsid w:val="0084036C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="15466EB2"/>
+  <w14:docId w14:val="2E5D1D8A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30785B0-C6CC-49EF-A20A-F67DA4EF5C3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -789,112 +6782,179 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003756C4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00745EEC"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00745EEC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003756C4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Mangal"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:val="uk-UA" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="003756C4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="393049547">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/uk/web/kyiv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesco.org/en" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osce.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ombudsman.gov.ua/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rada.gov.ua" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osce.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nus.org.ua/view/tsinnosti-v-shkoli-vid-gluhoyi-oborony-do-navigatsiyi-v-nezvidanomu/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resilienteducator.com/classroomresources/activities-for-teaching-tolerance-in-the-classroom/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://terminy-mizhkultkomunikacii.wikidot.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uinp.gov.ua/informaciynimaterialy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ombudsman.gov.ua/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ngo.zt.ua/slovnyk-eigr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.istpravda.com.ua/research/2010/12/15/8970/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.oapen.org/handle/20.500.12657/59763" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.echr.coe.int/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/journal/Humanitarian-studios-pedagogics-psychology-philosophy-2706-9222?_tp=eyJjb250ZXh0Ijp7ImZpcnN0UGFnZSI6InB1YmxpY2F0aW9uIiwicGFnZSI6InB1YmxpY2F0aW9uIn19" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commission.europa.eu/strategy-and-policy/policies/justice-and-fundamental-rights/genderequality/gender-equality-strategy_en" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consilium.europa.eu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bf.in.ua/rizni-sotsialni-hrupy-2/dytyna-zosoblyvymy-osvitnimy-potrebamy-oop" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coe.int/uk/web/kyiv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statista.com/topics/3719/genderequality-in-europe/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1152,55 +7212,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>442</Characters>
+  <Pages>2</Pages>
+  <Words>4248</Words>
+  <Characters>2422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>518</CharactersWithSpaces>
+  <CharactersWithSpaces>6657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ірина Бондаренко</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>