--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -136,84 +136,84 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -1357,51 +1357,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm rot="5400000">
             <a:off x="10158984" y="1792224"/>
             <a:ext cx="990599" cy="304799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:alpha val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm rot="5400000">
             <a:off x="8951976" y="3227832"/>
             <a:ext cx="3859795" cy="304801"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2450,51 +2450,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3435,51 +3435,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4574,51 +4574,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5612,51 +5612,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6277,51 +6277,51 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7143,51 +7143,51 @@
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="561111" y="6391838"/>
             <a:ext cx="3644282" cy="304801"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -7337,51 +7337,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10695439" y="6391838"/>
             <a:ext cx="990599" cy="304799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8312,51 +8312,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10653104" y="6391838"/>
             <a:ext cx="992135" cy="304799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8526,51 +8526,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9564,51 +9564,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9840,51 +9840,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10253,51 +10253,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10383,51 +10383,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10481,51 +10481,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11566,51 +11566,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -12679,51 +12679,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -13685,51 +13685,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10653104" y="6391838"/>
             <a:ext cx="990599" cy="304799"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1000" b="1" i="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/30/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="561110" y="6391838"/>
             <a:ext cx="3859795" cy="304801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -14230,66 +14230,66 @@
       </a:lvl7pPr>
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst mod="1">
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cutt.ly/KejOkOLb" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -14302,112 +14302,69 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="539262" y="644769"/>
             <a:ext cx="10984523" cy="5650523"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="6600" b="1" dirty="0" err="1" smtClean="0"/>
-              <a:t>Застосування</a:t>
+              <a:t>Освітні</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="6600" b="1" dirty="0" smtClean="0"/>
-              <a:t> штучного </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="6600" b="1" dirty="0" err="1" smtClean="0"/>
-              <a:t>інтелекту</a:t>
-[...19 lines deleted...]
-              <a:t>діяльності</a:t>
+              <a:t>вимірювання</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="6600" b="1" dirty="0"/>
               <a:t/>
-            </a:r>
-[...21 lines deleted...]
-              <a:t> наук</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="6600" b="1" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="6600" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="232396051"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:randomBar dir="vert"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -14612,2197 +14569,1135 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t>Опис навчальної дисципліни</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Объект 4"/>
+          <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4282628841"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2093120513"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="855783" y="2534578"/>
-          <a:ext cx="10621108" cy="4159300"/>
+          <a:off x="422030" y="2560788"/>
+          <a:ext cx="11230708" cy="3475071"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr firstRow="1" firstCol="1" bandRow="1"/>
+              <a:tblPr firstRow="1" firstCol="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="3186546"/>
-[...1 lines deleted...]
-                <a:gridCol w="3494403"/>
+                <a:gridCol w="3524794"/>
+                <a:gridCol w="3847055"/>
+                <a:gridCol w="3858859"/>
               </a:tblGrid>
-              <a:tr h="535609">
+              <a:tr h="355743">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="950"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Нормативні показники</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="950"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>денна форма здобуття освіти</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="950"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1000" i="0" spc="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>заочна форма здобуття освіти</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="900" i="1">
+                      <a:endParaRPr lang="uk-UA" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="266016">
+              <a:tr h="139964">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>1</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1400" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>2</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>3</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="260101">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Статус дисципліни</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1370"/>
+                          <a:spcPts val="1350"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" b="1" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Вільного вибору студентів в межах спеціальності </a:t>
+                        <a:t>Вибіркова</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="266016">
+              <a:tr h="260101">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Семестр</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>3-й</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1000" i="0" spc="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>3-й</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="900" i="1">
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="311942">
+              <a:tr h="305006">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Кількість кредитів </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="en-US" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>ECTS</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-                          <a:ea typeface="Courier New"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                        </a:solidFill>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
-                        <a:latin typeface="Courier New"/>
-                        <a:ea typeface="Courier New"/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="266016">
+              <a:tr h="260101">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Кількість годин</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-                          <a:ea typeface="Courier New"/>
                         </a:rPr>
                         <a:t>90</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                        </a:solidFill>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
-                        <a:latin typeface="Courier New"/>
-                        <a:ea typeface="Courier New"/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="194442">
+              <a:tr h="190118">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Лекційні заняття</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>10 год.</a:t>
+                        <a:t>16 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1000" i="0" spc="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>4 год.</a:t>
+                        <a:t>4 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="900" i="1">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="197424">
+              <a:tr h="263017">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Практичні заняття</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>22 год.</a:t>
+                        <a:t>16 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1000" i="0" spc="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>4 год.</a:t>
+                        <a:t>4 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="900" i="1">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="194442">
+              <a:tr h="190118">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>СамостіИна робота</a:t>
+                        <a:t>Самостійна робота</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>58 год.</a:t>
+                        <a:t>58 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1000" i="0" spc="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>82 год.</a:t>
+                        <a:t>82 </a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="900" i="1">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" spc="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>год</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="738401">
+              <a:tr h="249020">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1100"/>
+                          <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Консультації</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="just">
+                      <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPts val="1150"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Розклад консультацій розміщено на стенді біля кімнати 221, 8 корпус, а також на сторінці дисципліни в </a:t>
+                        <a:t>Відповідно до графіка: </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" i="0" spc="0" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="en-US" sz="1800" u="sng" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
+                          <a:hlinkClick r:id="rId2"/>
                         </a:rPr>
-                        <a:t>MOODLE</a:t>
+                        <a:t>https://cutt.ly/KejOkOLb</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="475597">
+              <a:tr h="374988">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1585"/>
+                          <a:spcPts val="1610"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Вид </a:t>
+                        <a:t>Вид підсумкового семестрового контролю:</a:t>
                       </a:r>
-                      <a:r>
-[...11 lines deleted...]
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
-                          <a:spcPts val="1400"/>
+                          <a:spcPts val="1350"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" b="1" i="0" baseline="0" dirty="0">
+                        <a:rPr lang="uk-UA" sz="1800" spc="0" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-                          <a:ea typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>залік</a:t>
+                        <a:t>Залік</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0" dirty="0">
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="713395">
+              <a:tr h="568023">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="76200">
                         <a:lnSpc>
-                          <a:spcPts val="1610"/>
+                          <a:spcPts val="1585"/>
                         </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Посилання на електронний курс у СЕЗН ЗНУ (платформа </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1400" i="0" spc="0" baseline="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="en-US" sz="1400" spc="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-[...1 lines deleted...]
-                          <a:cs typeface="Times New Roman"/>
                         </a:rPr>
                         <a:t>Moodle)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" i="1" baseline="0">
+                      <a:endParaRPr lang="uk-UA" sz="1400">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman"/>
                         <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPts val="1150"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="5100"/>
+                        </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                          </a:solidFill>
+                        <a:rPr lang="uk-UA" sz="1800" dirty="0">
                           <a:effectLst/>
-                          <a:latin typeface="Times New Roman"/>
-                          <a:ea typeface="Courier New"/>
                         </a:rPr>
-                        <a:t>https://moodle.znu.edu.ua/course/view.php?id=6975</a:t>
+                        <a:t>https://moodle.znu.edu.ua/course/view.php?id=6916</a:t>
                       </a:r>
-                      <a:endParaRPr lang="uk-UA" sz="1400" baseline="0" dirty="0">
-[...2 lines deleted...]
-                        </a:solidFill>
+                      <a:endParaRPr lang="uk-UA" sz="1800" dirty="0">
                         <a:effectLst/>
-                        <a:latin typeface="Courier New"/>
-                        <a:ea typeface="Courier New"/>
+                        <a:latin typeface="Times New Roman"/>
+                        <a:ea typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="5097" marR="5097" marT="0" marB="0">
-[...39 lines deleted...]
-                  </a:tcPr>
+                  <a:tcPr marL="5832" marR="5832" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="uk-UA"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2936391497"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -16858,92 +15753,103 @@
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="4800" b="1" dirty="0" smtClean="0"/>
               <a:t>МЕТА КУРСУ </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1176291" y="2535315"/>
-            <a:ext cx="9601200" cy="4322685"/>
+            <a:off x="328246" y="2535315"/>
+            <a:ext cx="11594123" cy="4322685"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Метою вивчення навчальної дисципліни «Застосування штучного інтелекту у професійній діяльності  магістрів освітніх наук» є формування у здобувачів вищої освіти системи знань та навичок застосування ШІ у освітній сфері, відповідних компетентностей а також здатності використовувати їх у майбутній професійній діяльності </a:t>
+              <a:t>Мета вивчення навчальної дисципліни «Освітні вимірювання» полягає у систематизації магістрантами, які навчаються за освітньо-професійною програмою "Організація освітнього середовища" спеціальності А1 Освітні науки  знань з теоретичних основ освітніх вимірювань, класичних та сучасних моделей тестування, статистичних методів параметризації тестів, конструювання тестів та тестових завдань, комп’ютерних засобів тестування, моніторингу якості освіти в Україні та </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>діяльності</a:t>
+              <a:t>сівіті</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>, а також методики навчання освітніх вимірювань</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="2400" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>У межах дисципліни здобувач освіти має опанувати системою теоретико- методологічних знань щодо змісту ключових понять курсу та їх основних характеристик; підходів, функцій, принципів, форм, методів, технологій застосування штучного інтелекту (ШІ) у галузі освіти.</a:t>
-            </a:r>
+              <a:t>У межах дисципліни здобувач освіти має опанувати системою теоретико- методологічних знань щодо основ освітніх вимірювань; особливостей сучасного освітнього простору в аспекті освітніх вимірювань, , засвоїти різні аспекти нормативно-правового регулювання системи вищої освіти в Україні; специфіки здійснення освітніх вимірювань у закладах дошкільної; середньої і вищої освіти сутності професійної компетентності педагога в аспекті здійснення освітніх вимірювань</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2400" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3780217052"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:randomBar dir="vert"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
@@ -16955,68 +15861,68 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1353844" y="1165194"/>
-            <a:ext cx="9601200" cy="761260"/>
+            <a:off x="1353844" y="586154"/>
+            <a:ext cx="9601200" cy="1340300"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" dirty="0" err="1" smtClean="0"/>
-              <a:t>Компетентності</a:t>
+              <a:t>Програмні</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" dirty="0" smtClean="0"/>
-              <a:t> і </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" dirty="0" err="1" smtClean="0"/>
               <a:t>результати</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" dirty="0" err="1" smtClean="0"/>
               <a:t>навчання</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
@@ -17025,143 +15931,99 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1176290" y="2535315"/>
             <a:ext cx="10429555" cy="4322685"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Загальні компетентності:</a:t>
+              <a:t>Результати навчання:</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent3">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>РН 1. Знати на рівні новітніх досягнень концепції розвитку освіти і педагогіки, методологію відповідних досліджень.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>РН 3. Формувати педагогічно доцільну партнерську міжособистісну взаємодію, здійснювати ділову комунікацію, зрозуміло і недвозначно доносити власні міркування, висновки та аргументацію з питань освіти і педагогіки до фахівців і широкого загалу, вести проблемно-тематичну дискусію.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ЗК2.Здатність </a:t>
-[...78 lines deleted...]
-              <a:t>СК9.Здатність до використання сучасних інформаційно-комунікаційних та цифрових технологій у освітній та дослідницькій діяльності. </a:t>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Courier New"/>
               <a:ea typeface="Courier New"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1951984106"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:randomBar dir="vert"/>
   </p:transition>
@@ -17258,119 +16120,161 @@
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="uk-UA" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Програмні результати навчання:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>РН 2. Використовувати сучасні цифрові технології і ресурси у професійній, інноваційній та дослідницькій діяльності. </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="uk-UA" sz="2400" dirty="0">
+              <a:t>РН 4. Вільно спілкуватися державною та іноземною мовами усно і письмово для обговорення результатів освітньої, професійної діяльності, презентації наукових досліджень та інноваційних </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>РН 8. Розробляти і викладати освітні курси в закладах вищої освіти, використовуючи методики, інструменти і технології, необхідні для досягнення поставлених цілей, використовуючи змістовно-функціональні особливості електронного освітнього контенту для змішаної та дистанційної (електронної) форм навчання.</a:t>
+              <a:t>проєктів</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" dirty="0">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>РН 5. Організовувати освітній процес на основі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>студентоцентрованого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>, компетентнісного, контекстного підходів та сучасних досягнень освітніх, педагогічних наук, управляти навчально-пізнавальною діяльністю, об’єктивно оцінювати результати навчання здобувачів освіти.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman"/>
+                <a:ea typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>РН 7. Створювати відкрите освітньо- наукове середовище, сприятливе для здобувачів освіти та спрямоване на забезпечення результатів навчання.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>РН 9. Здійснювати пошук необхідної інформації з освітніх/педагогічних наук у друкованих, електронних та інших джерелах, аналізувати, систематизувати її, оцінюючи достовірність та </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2400" dirty="0" err="1">
+              <a:rPr lang="uk-UA" sz="2000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman"/>
                 <a:ea typeface="Times New Roman"/>
               </a:rPr>
               <a:t>релевантність</a:t>
             </a:r>
-            <a:r>
-[...22 lines deleted...]
-            <a:endParaRPr lang="uk-UA" sz="2800" dirty="0" smtClean="0">
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman"/>
+              <a:ea typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="uk-UA" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Courier New"/>
               <a:ea typeface="Courier New"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091236898"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition spd="slow">
     <p:randomBar dir="vert"/>
   </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -17928,91 +16832,91 @@
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:shade val="69000"/>
                 <a:hueMod val="91000"/>
                 <a:satMod val="164000"/>
                 <a:lumMod val="74000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:hueMod val="124000"/>
                 <a:satMod val="140000"/>
                 <a:lumMod val="142000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Ion Boardroom" id="{FC33163D-4339-46B1-8EED-24C834239D99}" vid="{B8502691-933B-45FE-8764-BA278511EF27}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Ion Boardroom" id="{FC33163D-4339-46B1-8EED-24C834239D99}" vid="{B8502691-933B-45FE-8764-BA278511EF27}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM10001106[[fn=Эмблема]]</Template>
   <TotalTime></TotalTime>
-  <Words>503</Words>
+  <Words>545</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>54</Paragraphs>
+  <Paragraphs>56</Paragraphs>
   <Slides>8</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Ион (конференц-зал)</vt:lpstr>
-      <vt:lpstr>Застосування штучного інтелекту у професійній діяльності  магістрів освітніх наук </vt:lpstr>
+      <vt:lpstr>Освітні вимірювання </vt:lpstr>
       <vt:lpstr>Викладач: Іваницький Олександр Іванович доктор педагогічних наук, професор, завдувач кафедри педагогічки та психології освітньої діяльності </vt:lpstr>
       <vt:lpstr>Опис навчальної дисципліни</vt:lpstr>
       <vt:lpstr>МЕТА КУРСУ </vt:lpstr>
-      <vt:lpstr>Компетентності і результати навчання</vt:lpstr>
+      <vt:lpstr>Програмні результати навчання</vt:lpstr>
       <vt:lpstr>Компетентності і результати навчання</vt:lpstr>
       <vt:lpstr>Відвідування занять.  Регуляція пропусків</vt:lpstr>
       <vt:lpstr>Політика академічної доброчесності</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Педагогіка та психологія вищої школи</dc:title>
   <dc:creator>Home-PC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>