--- v0 (2025-11-29)
+++ v1 (2026-01-20)
@@ -11,432 +11,359 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00F1066C" w:rsidRPr="003F790F" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6135"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1E18">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Інформаційні ресурси</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1066C" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
-[...16 lines deleted...]
-    <w:p w:rsidR="00F1066C" w:rsidRPr="001A36A2" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
+    <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001A36A2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Науково-практичний журнал «Менеджмент сьогодні». URL: http://grebennikon.ru/journal-6.html (дата звернення: 20.08.2018). </w:t>
+        <w:t>Офіційний портал Верховної Ради України. URL: www.rada.gov.ua/. (д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата звернення: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>07.07.2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A36A2">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ата звернення: </w:t>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Президент України. Офіційне інтернет-представництво. URL: http://www.president.gov.ua (дата звернення: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>07.07.2024</w:t>
+        <w:t>19.10.2023</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>19.10.2023</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЮНЕСКО. Офіційний сайт. URL: http:// www.unesco.org (дата звернення: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>07.07.2024</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
-        <w:numPr>
-[...40 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Державна служба статистики України. URL: http://www.ukrstat.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Кабінет Міністрів України. Урядовий портал. URL: http:// www.kmu.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F1066C" w:rsidRPr="0047210B" w:rsidRDefault="00F1066C" w:rsidP="00F1066C">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Міністерство економічного розвитку і торгівлі. Офіційний веб-сайт. URL: http://www.me.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">). </w:t>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0080405B" w:rsidRPr="00F1066C" w:rsidRDefault="0080405B">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="0080405B" w:rsidRPr="00F1066C" w:rsidRDefault="0080405B"/>
     <w:sectPr w:rsidR="0080405B" w:rsidRPr="00F1066C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DF32B4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="159C5CB8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
@@ -596,63 +523,64 @@
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A02491"/>
+    <w:rsid w:val="007E0018"/>
     <w:rsid w:val="0080405B"/>
     <w:rsid w:val="00A02491"/>
     <w:rsid w:val="00D26ACD"/>
     <w:rsid w:val="00F1066C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1116,74 +1044,75 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00D26ACD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA" w:bidi="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D26ACD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-    <w:name w:val="Body Text 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00F1066C"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="705"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="uk-UA" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1438,54 +1367,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>487</Words>
-  <Characters>279</Characters>
+  <Words>409</Words>
+  <Characters>234</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>765</CharactersWithSpaces>
+  <CharactersWithSpaces>642</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>