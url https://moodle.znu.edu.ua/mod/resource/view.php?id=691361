--- v0 (2025-11-29)
+++ v1 (2026-01-20)
@@ -8,937 +8,1705 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1E18">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Рекомендована література</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Основна: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="001B1E1B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t>Ігнатьєва І.А. Стратегічний менеджмент. Київ: Каравела. 2019. - 464 с.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ігнатьєва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> І.А. Стратегічний менеджмент. Київ: Каравела. 2019. - 464 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Карпінський Б.А. (ред.), Гасюк Р. В., Карпінська О. Б. Ділове адміністрування: навчальний посібник. Львів : ГАЛИЧ-ПРЕС. . 2021.- 412 с. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Карпінський</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.А. (ред.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Гасюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р. В., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Карпінська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. Б. Ділове адміністрування: навчальний посібник. Львів : ГАЛИЧ-ПРЕС. . 2021.- 412 с. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t>Сумець, О.М. (2021) Стратегічний менеджмент: підручник. Харків: ХНУВС. 208 с. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сумець</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, О.М. (2021) Стратегічний менеджмент: підручник. Харків: ХНУВС. 208 с. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Таран О. М. Стратегічне управління: навч. посіб. Харків: Харк. нац. аграр. ун-т, 2020. 345 с.</w:t>
+        <w:t xml:space="preserve">Таран О. М. Стратегічне управління: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Харків: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Харк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нац</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аграр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. ун-т, 2020. 345 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Портер М. Е. Стратегія конкуренції / Пер. з англ. Київ: Основи, 1998. 390 с.</w:t>
+        <w:t xml:space="preserve">Портер М. Е. Стратегія конкуренції / Пер. з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>англ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Київ: Основи, 1998. 390 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стратегічне управління: навч. посіб. / Могилко В. О., Дмітрієв Ш. А., Сагайдак-Нікітюк Р. В., Шевченко І. Ю., Ященко О. А.. Харків.: ХНАУ, 2016. 252 с. </w:t>
+        <w:t xml:space="preserve"> Стратегічне управління: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / Могилко В. О., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дмітрієв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш. А., Сагайдак-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нікітюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р. В., Шевченко І. Ю., Ященко О. А.. Харків.: ХНАУ, 2016. 252 с. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Додаткова:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Стратегічний менеджмент. [текст] навч. посіб. / За заг. ред. Бутка М. П. [М.П.Бутко, М.Ю.Дітковська, С.М.Задорожна та ін.] – К. : «Центр учбової літератури», 2016. – 376 с.</w:t>
+        <w:t xml:space="preserve">Стратегічний менеджмент. [текст] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / За </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. ред. Бутка М. П. [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>М.П.Бутко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>М.Ю.Дітковська</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>С.М.Задорожна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін.] – К. : «Центр учбової літератури», 2016. – 376 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t>Балан В.Г. Стратегічне управління. Методи портфельного аналізу [Текст] : [навч. посіб.] / В. Г. Балан. – Київ : Наукова столиця, 2018. – 199 с.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Балан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.Г. Стратегічне управління. Методи портфельного аналізу [Текст] : [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.] / В. Г. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Балан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. – Київ : Наукова столиця, 2018. – 199 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Ефективність стратегічного управління підприємствами: сучасні проблеми та перспективи їх вирішення : монографія / [В. П. Мікловда та ін.]; Держ. вищ. навч. закл. «Ужгород. нац. ун-т», Вищ. навч. закл. Укоопспілки «Полтав. ун-т економіки і торгівлі». – Полтава: ПУЕТ, 2013. – 231 с.</w:t>
+        <w:t xml:space="preserve">Ефективність стратегічного управління підприємствами: сучасні проблеми та перспективи їх вирішення : монографія / [В. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мікловда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін.]; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Держ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>вищ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>закл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. «Ужгород. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нац</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ун-т», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Вищ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>закл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. Укоопспілки «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Полтав</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. ун-т економіки і торгівлі». – Полтава: ПУЕТ, 2013. – 231 с.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Стратегічне управління: навч. посіб. / Толуб’як В. С., Королюк Ю. Г., Дудкіна О. П., Попович Т. М. Тернопіль: ТНЕУ, 2018. 213 с</w:t>
+        <w:t xml:space="preserve">Стратегічне управління: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Толуб’як</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В. С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Королюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ю. Г., Дудкіна О. П., Попович Т. М. Тернопіль: ТНЕУ, 2018. 213 с</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F790F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мазур Н.А., Семенець І.В. Управління змінами: навч. посібник для здобувачів вищої освіти вищих навчальних закладів. Кам'янець- Подільський: ТОВ «Друкарня «Рута». 2017. -  166 с. </w:t>
+        <w:t xml:space="preserve">Мазур Н.А., Семенець І.В. Управління змінами: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. посібник для здобувачів вищої освіти вищих навчальних закладів. Кам'янець- Подільський: ТОВ «Друкарня «Рута». 2017. -  166 с. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Пічугіна Т.С., Ткачова С.С., Ткаченко О.П. Управління змінами: навч. пос. Харків: ХДУХТ. 2017. -226 с. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Пічугіна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.С., Ткачова С.С., Ткаченко О.П. Управління змінами: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Харків: ХДУХТ. 2017. -226 с. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t>Черленяк, І.І., Федурця В.П., Курей О.А. (2020) Публічне адміністрування та соціальне управління в Румунії: особливості розвитку напередодні пандемічної кризи-2020. Геополітика України: історія і сучасність. 2(25). 165-176.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Черленяк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, І.І., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Федурця</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.П., Курей О.А. (2020) Публічне адміністрування та соціальне управління в Румунії: особливості розвитку напередодні пандемічної кризи-2020. Геополітика України: історія і сучасність. 2(25). 165-176.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F790F">
-[...6 lines deleted...]
-        <w:t>Черленяк, І.І., Курей О.А. (2018) Дуальність смислової платформи технології ділового адміністрування. Науковий вісник Ужгородського університету. Серія «Економіка». Вип.1 (51), Т.1. С.117-124</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Черленяк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F790F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, І.І., Курей О.А. (2018) Дуальність смислової платформи технології ділового адміністрування. Науковий вісник Ужгородського університету. Серія «Економіка». Вип.1 (51), Т.1. С.117-124</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="003F790F" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6135"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1E18">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Інформаційні ресурси</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6135"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F27F33" w:rsidRPr="001A36A2" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001A36A2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Науково-практичний журнал «Менеджмент сьогодні». URL: </w:t>
+        <w:t xml:space="preserve">Офіційний портал Верховної Ради України. URL: www.rada.gov.ua/. </w:t>
       </w:r>
       <w:r w:rsidRPr="001A36A2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">http://grebennikon.ru/journal-6.html (дата звернення: 20.08.2018). </w:t>
+        <w:t>(д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата звернення: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>07.07.2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047210B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A36A2">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ата звернення: </w:t>
+        <w:t xml:space="preserve">Президент України. Офіційне інтернет-представництво. URL: http://www.president.gov.ua (дата звернення: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>07.07.2024</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>19.10.2023</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Президент України. Офіційне інтернет-представництво. URL: http://www.president.gov.ua (дата звернення: </w:t>
+        <w:t xml:space="preserve">ЮНЕСКО. Офіційний сайт. URL: http:// www.unesco.org (дата звернення: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>19.</w:t>
+        <w:t>07.07.2024</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...25 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...39 lines deleted...]
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Державна служба статистики України. URL: http://www.ukrstat.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Кабінет Міністрів України. Урядовий портал. URL: http:// www.kmu.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F27F33" w:rsidRPr="0047210B" w:rsidRDefault="00F27F33" w:rsidP="00F27F33">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Міністерство економічного розвитку і торгівлі. Офіційний веб-сайт. URL: http://www.me.gov.ua (дата звернення</w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="0047210B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
-[...16 lines deleted...]
-    </w:p>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07.07.2024). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB3205" w:rsidRDefault="00AB3205"/>
     <w:sectPr w:rsidR="00AB3205">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="640D11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78A61A30"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
@@ -1009,63 +1777,65 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0066385F"/>
+    <w:rsid w:val="005C2825"/>
     <w:rsid w:val="0066385F"/>
     <w:rsid w:val="00AB3205"/>
     <w:rsid w:val="00F27F33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="uk-UA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1455,100 +2225,101 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F27F33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-    <w:name w:val="Body Text 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00F27F33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="705"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1778,55 +2549,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1037</Characters>
+  <Pages>1</Pages>
+  <Words>1740</Words>
+  <Characters>992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2849</CharactersWithSpaces>
+  <CharactersWithSpaces>2727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RYZEN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>