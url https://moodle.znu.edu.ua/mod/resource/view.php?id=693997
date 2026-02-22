--- v0 (2025-12-29)
+++ v1 (2026-02-22)
@@ -1,25331 +1,31186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="638F9587" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00844E18">
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ЗАПОРІЗЬКИЙ НАЦІОНАЛЬНИЙ УНІВЕРСИТЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>МАТЕМАТИЧНИЙ ФАКУЛЬТЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>ЗАПОРІЗЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="007A5B48" w:rsidP="007A5B48">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DCF0654" wp14:editId="1A329C42">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>4061460</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>213995</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2743200" cy="1653540"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1" name="Image 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Image 1"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2743200" cy="1653540"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СИЛАБУС НАВЧАЛЬНОЇ ДИСЦИПЛІНИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="12"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRPr="000F12BB" w:rsidRDefault="003921EA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>МЕТОДИКА ПОЗАШКІЛЬНОЇ РОБОТИ З ІНФОРМАТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16684E16" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00893CF1" w:rsidRDefault="00101043" w:rsidP="00844E18">
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">підготовки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         бакалаврів                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>денної та заочної форми здобуття освіти</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5201"/>
+        </w:tabs>
+        <w:spacing w:line="410" w:lineRule="auto"/>
+        <w:ind w:left="1562" w:right="1421"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>освітньо-професійна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>програма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Середня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>освіта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«Інформатика» предметної спеціальності 014.09 Середня освіта інформатика спеціальності</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>014 Середня освіта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="1933" w:right="1794"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>галузі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>знань</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D348FD">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Освіта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>педагогіка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="1933" w:right="1794"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:before="195"/>
+        <w:ind w:left="281"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ВИКЛАДАЧІ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Циммерман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>А.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ст.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>викладач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кафедри комп’ютерних</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наук</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...282 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10178" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblInd w:w="-115" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2098"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="4928"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00101043" w:rsidRPr="00682F75" w14:paraId="23DE9C7F" w14:textId="77777777" w:rsidTr="00287991">
-[...189 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00D348FD" w:rsidTr="00FB6776">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Обговорено та ухвалено</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>на засіданні кафедри комп’ютерних наук</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Протокол №_</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>_ від  __</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:t>__ _</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>серпня</w:t>
+            </w:r>
+            <w:r>
+              <w:t>__2025 р.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Завідувач кафедри комп’ютерних наук</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00A708DA" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65704818" wp14:editId="1F8AB336">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="page">
+                    <wp:posOffset>271145</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>2540</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1205484" cy="605027"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="Image 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="Image 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1205484" cy="605027"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Г. М. Шило</w:t>
+            </w:r>
+            <w:r>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         (підпис)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>(ініціали, прізвище )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">     Погоджено </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">     Гарант освітньо-професійної програми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00A708DA" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41CC0B9C" wp14:editId="4BE64307">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>426085</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>104140</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="718185" cy="502920"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Group 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="718185" cy="502920"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="718185" cy="502920"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="3" name="Image 3"/>
+                                <pic:cNvPicPr/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId9" cstate="print"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="717803" cy="502919"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </pic:spPr>
+                            </pic:pic>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="7D902D13" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.55pt;margin-top:8.2pt;width:56.55pt;height:39.6pt;z-index:251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="7181,5029" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCuSptSLwIAAAUFAAAOAAAAZHJzL2Uyb0RvYy54bWycVNtu2zAMfR+wfxD0&#10;3vhSdE2NOH3JGhQotmDdPkCRZVuodQGlxMnfj5IdZ0iGreiDBUmkyMPDQy8eD6ojewFOGl3SbJZS&#10;IjQ3ldRNSX/9fLqZU+I80xXrjBYlPQpHH5efPy16W4jctKarBBAMol3R25K23tsiSRxvhWJuZqzQ&#10;aKwNKObxCE1SAesxuuqSPE2/JL2ByoLhwjm8XQ1Guozx61pw/72unfCkKyli83GFuG7DmiwXrGiA&#10;2VbyEQb7AArFpMakU6gV84zsQF6FUpKDcab2M25UYupachFrwGqy9KKaNZidjbU0Rd/YiSak9oKn&#10;D4fl3/YbILIqaU6JZgpbFLOSPFDT26ZAjzXYV7uBoT7cvhj+5tCcXNrDuTk7H2pQ4RGWSQ6R8+PE&#10;uTh4wvHyPptn8ztKOJru0vwhH3vCW2zc1Svefv3nu4QVQ9IIbYJiJS/wGwnE3RWB/xcavvI7EHQM&#10;ot4VQzF429kb7LVlXm5lJ/0x6ha7GkDp/UbywGw4nHtxe+rFs2KNILehFyeP4B+4v3q+7aR9kl0X&#10;GA/7ESiK/UIsf6l1EOLK8J0S2g+TBaJDzEa7VlpHCRRCbQUKBZ6rDPuFU+1RLRak9sMYOQ/C8zbk&#10;rxHHDxy+AJQVkyGCPuMMJbhRWO/Tyv08RW5OWskeQuKp56yw4PxaGEXCBpEiAiSaFWz/4kYsJ5eR&#10;wSF9xIVo8DJIGGcthh3/C2GY/zxHr/Pfa/kbAAD//wMAUEsDBAoAAAAAAAAAIQAYUUBKph0AAKYd&#10;AAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAAfwAAAFkIBgAAABdI&#10;+zgAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAB1GSURBVHic7V15XFRl&#10;9z/PnQ0RBUQMVDAXMlc01F7TnElzN7XwkuhrZhqUSVlZb5oFtvha72vmkgmZvuXyszuaa2qKOkpI&#10;KCiZ6wguoIAsww4zMDPn98e9d+bOsA2zgKXHz/0Md3uec5/vOec55zznXgkiwkN6MIlqaQYeUsvR&#10;Q/AfYHoI/gNMD8F/gKklwSeN7D8kF5PYSe1YAEcIu4uIwP0JiObj1vexEQcBQoT7JnoYjriIiAOh&#10;HuF/CMH6wLWbeL4I4QWH/W1KExyPD4WnHrIXfMIC7XzQAXiLwbdpiaGwP2fkKAghfDu2NiZkjLNW&#10;Jn7+UoJmD/gEgAeAB8bZZNmu2QoQC8Ct92sxap+1sGjClpvMisBaQeGtjgoEIYS4SqiaDD5xtprb&#10;QGbfQWht+HMmvkzXNjeZFQGgMXmxB0hXCUCTwG9e4FnttzD6AiEw+wHYqAWwhRwVHnumQUTExoC9&#10;bzS/JbSeJ0tzX7c5b0gInCEgbENg4YaYR6RpQ8MDL9x3nLmmkR2hnqvm+YbJbPaFDmHjmmaeHpxg&#10;IQiAwL9zeBisBaC5qWlzfkty+jej+yEyaEqG7yHwfzOyCfyHCv/3JFvAdyQL+JDqoJae63my1ewj&#10;PEyTOo348K2lBcBmrW4BRi3SqH9Hammnz1bwiTDUcjHxK3tGrmMKBAJgmfc3HW0wjWtHmldwL+F7&#10;YMM8PvkkCDct5bTp8b59nDlONsf5iID8kqsLyQT88uWHfINCAg2IqBFanboNEGk0FHHUbhGr4N7M&#10;B7G46q9Ejc75hKXmMPsEEY2Zp1fK/rPq9AcGyj81O8MtSast6Y6ISNPM37LqiPAD3ALU6IA2k1ki&#10;nJkX7bs8ZltuIUb2G+Dzqru7yPvgUe27AADe3kV/S/D58W0JAbBpQF2MPw+814/bLv/wiL9nfuic&#10;4Cenjgv4lYiqizPzqzoAAMTFbW+ZvLITCBEgJCRWDBAtsj5nNaU16/M5q4zLXuKB99hz4Moyr0c8&#10;qgb2hIUBAR5VlZWFnSurary11RIje+kbCHCyRZm1k/h1uRp2Z5mtNQIuW83jqaXBBwCA/21NjfXw&#10;bieZ9mxgGABAUtK5Hrv2STffzqbaVxRltPtgQVd3RLoSACmAOlboXF2sZS5Y47x+4ep9/VhypgoR&#10;AV9749QCI0qNiPitIHSqxbW1JXDl6l+LzaNyuVyEiMa4uD0zjp68N0au6LSCP/fnZfFLKGs1POvW&#10;FSjI0rgBgFR4LwIXZrk6E0DAYqIxh3ukQdDNt8tFiIjzF6gW6Wp81gb28BoPTZi66koEOXNqsDW3&#10;76z+AACAphlKpVLpb1871XX/MeOXvXsG/uTbWnqOEEKUSmWrwUMCS7oG6G5KUAzB/TveAYBiQsJE&#10;JsCR80OsQLcQiAYfyDY+TRDz/Vj312BDchGiSv/lusRBotbuX74wrd2777zm+xox13k1KrIu9wEQ&#10;scEN2HmZ1wFnbBQAUIgIs17evWnOgjMXEVHK9xURESEp1da88HzohpudO67G+P3at9hz0WJE5Hjh&#10;+EEkCOwxh7e62uF4tnx+wfVQ/7hw40cmhJ46FrnoQjwiuvHHnDGOjeFmy2brhU4EnxYhIixatHnY&#10;1H8ex9htpaE8uPy5JR/ERz/xxGbs3fOLtIKCgrYcD1SDQLlgA2E/IBA67rd+8Bn2OZYcWzx6oio/&#10;J0fXFxEB5HKxE5XIYQGw1eEzhVmOxluIjAEAIDtX+9/MG3ePRsx4Zg+XwjXSNEMAAIaP8NpqMFT7&#10;9+rTd5OPj08psNbCbCbtKN+uq4qHENaBq9MAEy4lLHDLLKsK6x4HmqYphqENl84l9Th9pvg9xbN9&#10;1/r5SS8SEiMGOGmwiVkbyeGIwBazDwAmE+jgRiEi3Lt3wm/wkHX4zgdX/4uI0GPcahlYaZKgf4rb&#10;r1fjhRpqutYeM291vKFnqWc8KI5vydix2w7NfDkxQziGrtrs1XybvX1HtN1MNAEA+PzT3xdU6dzL&#10;3n2/214AgE5VGgPbB98LkjDWwaN4vSTE7GFb+0FC2a9PEepYCzK3U49fhYiAYKEIFgXaWMtksM+3&#10;4vOfJxlF7uOGK7r+S3D5/Ue2SAhYSLzd87/J0QsOfv/Us2P3/Mm2TYtAMI8CAOfINSrtDWs11PF3&#10;LYvRQFvW9wvaMfNh4QPwWu82Qr49+Z+zE87m5OS0FlovJ26U1Vi4RvP5cIOXfEcW9pDN5nmXlbfv&#10;0CPIqxQAgKZp9hzXLv8OlMUUzzNspYX1dyS4XfB3bQU3vwlktgIWp9jnRcEpItR4YvqlaVbrlyzZ&#10;N7OwyH3IuOf6f+Pn51dBiEIMdXsVTSFC0zQFwMb+3DgCv29vozYu7JjX0O1/CjkFALBj284R7Xw7&#10;d+/bL+B79riS7wkAhMNZy0EjAI6FvtbDZB3tCNiwIFP5N8dXHRwQhmEMAOB5KL76vZ6P+yaMGFLy&#10;E3vqpLH25bYTDzrDMAZExMXzf/P+akNSJ85COSRUNs75ZuDtHHrCD8KOXaXPePt4iV4K990PAKBU&#10;Krl5xdyycC4V/G0EBGOzFvYQft7nd82iaSaTWYfwsM3vGfXSnl+sfOrjgICAKqVSKQLHGCZKpdKI&#10;iLjxh1NDXppzmKlqY8woLzbOBQCjo8vBTcrtO+K1IKIx6dctPWoM7WY81jtoU5s2bfJZxjnx5SSL&#10;cP8QkN8nCGhUqdQD7mRWBCMO/CEsTClilLSxDuvgNDKFgdwMVNvJZK2hXB4jUqlQr754sde1DHGU&#10;XOG/oUdnUPHhqz19s9pOA8PQhrsFZ3tOnLptSZFG/JJUSs4NH+43K2LugF+ckv1rqsNn50YhIiyN&#10;PjL5tYWnMSUNhyMigDzalPSwDq2EzhUiwsFfb+09cuT2l4gIsbEpEsE5J2T3oLazZ3WM7ctU9sY7&#10;vnwYSk0KO7p5/JQT1VqttqcjTh5NMyL+mT/55OD0fsGb8kL+scOwcNHhRQUF6rZs23LhuLk2w2cB&#10;ip3ZPkSED5Ye3vPm4gtpiNgeEYF9UOvsmYUHLkJESEhQz/hxy6V0RPTkeDJn+5wLPhUtR3G0HMVC&#10;8HnhZaIvevykvPHdqdOZ43iAGeaEx5+X7s2a82Y6Rr795zq0iGCavIkREQoLzwRMmrxjV7fHfsCJ&#10;k3Ym3runCeb6E0VEREisx9WV4DtF60uzD/o+NXxt2VuLrvzEPghSnHZQnLRTVtpOAORiRIS4jcm7&#10;4uPTlyMiMIxJMxzZ+LCsttZbCT0X4lGICAcO3QlbufaGOj2zrC8iwsaNVzqmnC9879vYK+fGP/9b&#10;/q1blU+ZhbrJoRuFiLB+/YlJHbusujswZCuuXv97BCK6s23SIqE1cQR0fnP5er5cLqcAwLhVmfd8&#10;WZnUY9hTvqfZ4zFUhw4MAiiBYWiDOZfDTmUxChAhqvTnL14brNNJFTKP9ssBAGiaRnRgnlcqgaJp&#10;MBACFOvLISgUMSKVKkb//fdXB2XnUqt69HBLC38x8F1ErAYCFOtogtu5S+WvDx3st6l7gMdFABD7&#10;+Lq/LpWKJIzyduc+vdqd79Kl1WlClCKAsKYwSABogsgYYmKOLdi1t2Btvz6dDqxZN3TCY107/8H5&#10;Dnb7Dw1SY1pvbfabvrHaO2tm9KbAbiuLtVrtY4gIEbEpEuAkODW1oFdCQrE3b0qF9/2w5cJHyr03&#10;EswJk9omH2y3BBQiQkpa3qS0i4XjEBF4rUZEUdzGq6t37Mw6e/l62ZcpKSnunKWRIiJ8vTJhwTDF&#10;/rK0yyWPIaKY2Zn+1o3r5WNfj/o1ZsiII3hZXTbaDq03afzChbsX9Q/ejlHvnP2SH/eQkFgJ1OE7&#10;OEPrERtP8pgk2H51OwkAADduVbZxayXTymQyDQBAbERIDSI+8lpUyqqtOwuP9Ovn3h0AgGH4XL1K&#10;v337/vZGgotkEvH/+fn5VSgUMWLEBkMnAvWHVgQAjElnimYQFMurdLrb3BMSAIClS093LtHJpvp3&#10;8TrfUWrYEBISUqlUKkVhYUoDAMDmbbflXQPF2uBebfPfeS9x2+2sqiFde7T+PSGpatrAYK+UXkEe&#10;R9l6BLpJGoqIxpiYo/PiVcUr6GlBH61ZOeh9QggJC1OKUlMj9Q08j8Nkc4bP0dDi7l2xrMejncsB&#10;oBAA3HfuvBI+dorqiPqGbOGjXdzWeXpKzhFCCE2DkWGUBAAgK8t9YLGmumDMyA7xAABvqGIsM0Ec&#10;ISL/GTfkYmtrogDAmHgqc8wvxzSfP9LJ/bt/POF/BQAowi7TgbRV6/6qBAy8e0dX7BnoeYOQGDFN&#10;04aDW95tnafRj2vr3dazUgeyz79I3VWtIx5TJspeiZyveqFH1659Ro/q/C7HCanFXP1EENG4fv3v&#10;veJVef+dNq3Xp0uXDvqMECICAFAqw5xv5q3IlgyfIylEAtxcVVBQ4+Hj6wVxcYdenDXn6C/L15Rt&#10;zyls+9jLs9vNfTMy8AseBAAAmma1xz+g/WI9Jb0gk8nUhChFNK8FdXCDCMZt2y6M69tzxGBghcD0&#10;bITEEACA73fejSBSqbSTryyDmF6/YcEqyMn5rCTrQlr4VJ/P2btiDAUFBW2ydL5rrmdUS7s9aoi/&#10;mIZtkpNz3dateer1oKAgXWYOhCOW7w2d4p9gftymkaenuN3IZwO/jP7wyU8JISKGYep5QueTLQ6f&#10;I4wgAJuefGKAj/qP87nP5OdQ21p5tTW4SWpgZrjXhy+FddpESJwEINKAgCh8tSojo6T/4KG99gMA&#10;yOWXCIDApHLQ8Q7cT7uuPyeWuc3s1f+RSKVSKS0q6oYAYAAAEWKMvro6t29ervHpx3tRa7njlJlH&#10;kKjTSx+VivUnAKCEECJGRMPK1UXfAKL7sMHu+6St+p7v3ildt+iDkXsAIPOT5YnPVFZSoxWj/WgA&#10;wMjIVAkA6JsyNtx6fCIAJPKvpYWFNewsOuTt1tGY7XGhA6He5csp/r17fzruzJk8eVRUwrUFbybs&#10;5Rw4goimNXuGYatgElSXR78y79Cd/KKaUbxDhljLseOdNe9vY28cP55QHJKaervjmTOa+RoNmxOg&#10;adZhW7s+ZfbsuZcxMvJSECJCdHS0mOtbcumqdmroDFVOv+BtRxER7lw+6rPsswvM519lbFKr1TLO&#10;MTQneBCpsRN3q4Yrjp7lQzFkQ1e7xkeYtGlsc5azZ4vD5wxCQoD06hWSc+nS0qNffHU5Sidqq127&#10;evhLAADIVUKz8zaB+PhuFABAZl7VnG49u4jbe4lPcP5Grbx+TAzL//rvMp9r5+uheWa4Z2phqdso&#10;nV6X5e0NJUoliJRKugYA4Pc0apDUwx3ef7+3DgCgT58+iAj4yb8v/jvjZkXQrWtHJupriodeu26Y&#10;u3Cpbqf6Wq7Pkre7vRMUFKQDAIoAkPHj35QhIu7amyy/mYlPznyxixIAKjmtr6ckqPHxcXaFj63k&#10;cvBZM8U6iy+GH9hcrPWQ/3dFz+kAUKJQxIgJIQgETJ9Vi4vbjwAACacL/AK6tL4NAEbTPGBFy5ax&#10;i0IXLub1TUvLu5mfXzwwP0/3xPChfvsVihhxWBgr5PsP5c0fNaKtd3VNCew/eKUnAABN04Zln1/8&#10;EA3G2Y/3dv85JGT51TZtxQVRUX9uDOwWULFh/dAZAFCsVIIIWBnFw4dz9QAAsXEF4Z07eVfQdLsN&#10;AABxcSEGdrZvKNhwDjV76ba9hIhIiEKMiMaYjw/Nz8iWhEW9/fjLbWSyK4TEiFWqZQY0qT47f7Pz&#10;c1bf6hrZYyIxtZFrih9V4cgSRNoAAB66qvKRxaXY7sLVmnB3qVEJANC/fzsRIhiPHctcKKL0fcKm&#10;+r2Xezf3ul5PTQMAD/qF7YxMTM2Y+2q3UUGBbhmxsVg5drT/7IBO2e8u/lfHcA8Pj3uEEIoOAyNb&#10;RSQXITKGP86e7ltYpAsdPLhDnI+PTyk7VxOT42iP09di5Mo5n6bZ+ftWymX/MZOO3Pzs63Qu982I&#10;sI7kjFweLUZEOJ1wg97w4039OiazB9c3JeDDYr4vL7/l/+L0X68+MfQsHjmueUs4z+87nDlj997M&#10;y9euZXZCRFCMZvbOnnc+e/r0QzvDX9xZcf3KPTYdy3BrDJbPazWHs5XFU1/Y9vqYCYfwxG/lA7gx&#10;oZxU39ikzRlzvivB5wA74TZ50p5T4bOTEpGrXWfz+nx2zgx+SEisBBFh2acnlm7edr0UEb0FgAuB&#10;N4FfUlLiM2nSj0nBAxi8l1nFCwsknsnpu+H7m2cSkvIV/LHlyw/P7N33MIaH/3ZLp9MFIyJERMRK&#10;0Jwp5DNuFC+cwmdRq9Wy0PATaTPnJO9EbtEJnF+iZRf49giEy+f8f72n/Uzm7ff0R5+FvAsAWqKI&#10;EddjJklKSkQNAEg6BD4ykkjIGgAo4kIgiwsBAJRKNhGEiFhUeLftwGD9XXdvfRl/7cnjlZvdJaJr&#10;w//RXkVIjJgQQi1ePHbb6BHl8jfe8BwllUr/UCpBFBsbYQrPkJNMwVs1FrRDmT1RU0SCx4zrEQ8A&#10;BrYcu3k/G4M80oJCDrtLuO0yFzZq/faNykGD/7EDl6/O/jd7X6xgOVJYDImE5kK8Q4cS+qzfrMYV&#10;625NQ0SIjkYx1FGAyb8YsWblubkDB+w2zHnl9zsFBQVtt27c2OXVVxP++H7jnSOI6CGYNkwaw/VZ&#10;e1nYsnS8lskfMfK7RMX4IzcrKysDuOnF3qXb+2IaaJLm21I2xI4tW8y4/5jhC+8ugbmL3/Rfxp6L&#10;MLC/CMhVx7BgEEJz99+6rvEqLDSAuFVbLQBAx46pxFqm4+JSxYi0Ye3atH9eS69aMvuVR7/JLdD5&#10;rFlTuGrXQb8ELy/IHj3GOAUAykHwwgciEkJixAyD3IqexbNxwRpyFTzsY9I0QyEyhrNnzw/WFGr7&#10;j322+8lWrVplERImYpqYx3cFIUf23uxkzWdX4zZ9d3DC6BdUNbGM5gNE8zo8cJoOACQ6OlrMO3nA&#10;WYtX39gz/dW3LmDaxZpxiAgpKWiakxGRREWtliEibP8xfeRHH1+sXvdtxrSSkhKfJwZuV0+YcMq4&#10;5ttbr5oSM7YWfTTw3h1N01JEhPDwuK+GjvgZC0qqn2S13u6CDadrPP/bZBydbPL5TB1Mnr5nx/T5&#10;qSWZmZmt6riX4iMBFuAUd87xgg+Xxe+fEv7rWf4dPaF5ZhjWyTqVfGfUF1+py2I3Zi7iriEHfk7t&#10;9dvBP7uz+9FiLlNo01JvI89DISL07rdq/5zI324gl9GDFnL06hMAl4PfGBM0zc6Nu5mEkKiPz+Oq&#10;7XmvsveZtIQvTCCICGkZmuFxW6+tT0i+ExYdHS1GRLfIBQeLho6L/3LViuNjnw9TfYuIHgBAuLo9&#10;UCpvvrD8P1e0B47nRyKya94oqMDheKhT47l+LfeFg2j1PCEhERJEhP+s2DJx3OR9uHZT5rz7DXiX&#10;g99URqL+deSb599ILuOLGeVy1rzzsXRpaalvVNTJ7RGvJxu27Lq97Zxa7YuIkJ2t9p00ZW/hd5vU&#10;P4bPSkqcGHoNk1Oq5vF87D1wI+ybDRnalV+r57JAWzhcJsFy4iZCRBg8eMWH02cnYJ5ON/DvBH6j&#10;q3q2phO5QcGSkpJ2d3Oksz39vHfJZLJrhMRJ5HJAlSpGn5WV1WrLDuOMA3tufiESS2penNnxxSnj&#10;O+9UKkE0MAggOTm/f3E5IbdyyaxBT7aLunM7p/yrNWXz1q7ufi7+eNHMNq1bPd23nyh0xFO+v7CZ&#10;w5MGAXfODrkIIhoq8k/5dwrs9r6bTPx/vlLpJSf30aLktDg/LIxdP9+wPvHlkjzS+vlRfqcAAGja&#10;m6hUMfrrOUXyNXG6A/HxVRs920mObd86bOCU8Z13EgJUfHwcBQCgvpo9tbjYwxsQz8ye7vOjTp/3&#10;hgiK/ffu1qRWVxvcRj7d9nkeeICTxub4dlX0qnveIA5oG9wv8AwAVA8aFMct4twfhJzW2Xuzk0w+&#10;O9/PmrXjyIgxx+4hV56NiIFvLzr0/cjxx2siF/6Ru2+fOpT3xvmqXeDM6/ix6395+pkdJVqttjff&#10;/+HDKY+vWpWg4Obx5oytKUSEeZGHYkdPPJKv40y+3MkfWLBn43Gx19zbNOdb19LbMlhPyzcceXne&#10;uXSdrqxv1Fs7Fj43+eeqIU8e0C9ZkrShrKzsERR44wBgWr+vqqrqPmBAbNZHyxK3IvJpV+F7+nJx&#10;M4ZX/FqCV8jQ70oXvH9hD8tDrKSZ+nc58DY5fLYzxmp+aOi3O0Y8w+DzodurFM9sx1D65C/xqruj&#10;2bZoEfeiBgWmFzXYvMCyZfvmjx63D5W7bz3FCR77ogSDIrlcLkaLen776/ZtAZ7n6ZNPfo0YOfEA&#10;Hk/SzEdEiI1tefCdBXzjmt+0FzYoRIRffjnaL2J23P9mhP28Yvfuq6N4cy14SaPWPSUlJT4vhB5P&#10;m/v6mZvILebUca3LtZ3PDXB8uSnG/HBy3sLUPH6aagGeXCoADXr72LRyVL4m7c8JE2AOmN7CCBMx&#10;DC0CqF2Nyr/TvufXu3079OgeHNhZvwTMiznN6VQRRDTu+V+a16mk9G6IeG7lyn1Pd+jgP2Lo4A6L&#10;g4I661qAJ5dTg96+PZ9YJ4RQ3McOKNYrV2JYWN1lyEql0ggAUFEmGy8BjX7yBO8EAACaYZrcr4OE&#10;AAABwe1fkohkjwMAqNPdnuzetRNMnuS7u5l5aZCQM0HOIFe8roXmX5tq06jySn24j5dM1aebdyKX&#10;V2g2DaNphmIY2pB0NnOxEaRPDBviR8fHx/u09nB707+TZF/7trIbzcWLLeTwMq6AGtR8RNeBwH1+&#10;FU8m35GXFtX4KoZ12A8AKJdHO/pBA5uJB/635JwQsUQ6XFKhjQIAuHHDc4hnO09f+dOBmwCgRqFo&#10;/nX7ZqFGnAInOSi12+EXdr7fot6zcVN6tvOdqoZ55yIIOHQi59GTSblXrqaXDuOfe9OWi0fjfkhP&#10;RkSxc3m6vxy/xsw+gu0OXwPEN4HAG6pLl/J8z18qihRJ3CZ06eEeGRTko2PfnLXdlNX/f+qa+0RE&#10;i33+EpVKpQcAqZuE7BCLpft7dm+TCACQnqnpI5HK+vd7zPtjANArFAoxIhjY4h5+Rmpul8RF5Lw4&#10;33ZNZBgUZedXRBxPLLx24jfNLqGlsYzJG4/ZG4vl+XaEx/jEUtLZu/9JTrm3AxEhIoJbNfxZvfno&#10;ydwraP4eMGXN//22uSTOdxX4iAhXM0rnnU2rxOTU3FGIfLmWGbD6Abcs/6pLUCyBstznzf0Vdf5z&#10;Z8/nnyuoqOjM83T2bPqwEyeztFevaqagOTfR4uA2Bry9AtDonF+XNtkLPl+MkXEz7+2r6eXH0y5p&#10;vuP6MVXMOmOzGhzhcVPaNv1G8b47uRWTee1GREhNzd7/xx/5PwifvT4Bvp82V2l+U1OjDW08wJBx&#10;uzw+/W7leUT0EoDvFOAt+bS0Ery5v3ev5KmCoqo5iKbiD7hwJXvQlaua2xoNBnI83RdlWi0Fvj15&#10;8VoagmaTLEJEyMkpevRWdtXvWfcqQvlBtg/gxsG33GcLSaKjUVxYqB2v0Wh4kClEhKw7pVuzsitn&#10;ccfEwvvMfd2f2m8v+E1az69TeoAv5BD+TSzOszyyF2i1xVp3cc17G9e77+VO2lUBiw3EBJZ9s10j&#10;9wWOuXM1j+vR8Ky3t3cmAIgAwJibWzpRIqXUnf1bbQHWwbOoMkbkXxVDrmnkq4G5toVvkln/3r9E&#10;sP5RJC7sF8H6G/quJwIAxqKiouGEyAZ5ebl/zR1rXVRUIS8o0CYEBfmUguVzO8If4UvT+ZBUuO/M&#10;4cUGQGyIWuo/WGq2LJ6AEABAp9OpW7d2TwAAiImJERUWFnoZjSbgnTkevIVA3nII9+2hOjuwE3iA&#10;ltP8FiWVSiVr00ZhKCtTiRQKhR7YL2o4S+P/MtRU8Ou6+K8oJGj+Dh8AsM9g6SQ8ANQU8O0ZkIYE&#10;o6H2WlKgHgjgAZrlg0zNeh+A/YLzwIDOU0MOjjB++SuRPTz/FZ/TYbov/i9dF5BFgsGG6x5I+ruC&#10;z9MDDW5jxK9aPaQHkP4f1SszPGECtiIAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAAAvNmrfAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbVEq1m4JIeqJkAgmhNvQHdqG&#10;7mzTXdry711OenzzXt77JluMphE9da62rCCeRCCIC6trLhX87D6f5iCcR9bYWCYFV3KwyO/vMky1&#10;Hfib+q0vRShhl6KCyvs2ldIVFRl0E9sSB+9kO4M+yK6UusMhlJtGTqMokQZrDgsVtrSqqDhvL0bB&#10;14DD8jn+6Nfn0+p62M02+3VMSj0+jMt3EJ5G/xeGG35AhzwwHe2FtRONguQ1DslwT15A3Px5NAVx&#10;VPA2S0Dmmfz/QP4LAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaB&#10;QJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgr&#10;WEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7Taegfzxx&#10;eaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAA&#10;EwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;rkqbUi8CAAAFBQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAA&#10;ACEAGFFASqYdAACmHQAAFAAAAAAAAAAAAAAAAACVBAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwEC&#10;LQAUAAYACAAAACEAAC82at8AAAAIAQAADwAAAAAAAAAAAAAAAABtIgAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAeSMAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAbCQAAAAA&#10;">
+                      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                        <v:stroke joinstyle="miter"/>
+                        <v:formulas>
+                          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                          <v:f eqn="sum @0 1 0"/>
+                          <v:f eqn="sum 0 0 @1"/>
+                          <v:f eqn="prod @2 1 2"/>
+                          <v:f eqn="prod @3 21600 pixelWidth"/>
+                          <v:f eqn="prod @3 21600 pixelHeight"/>
+                          <v:f eqn="sum @0 0 1"/>
+                          <v:f eqn="prod @6 1 2"/>
+                          <v:f eqn="prod @7 21600 pixelWidth"/>
+                          <v:f eqn="sum @8 21600 0"/>
+                          <v:f eqn="prod @7 21600 pixelHeight"/>
+                          <v:f eqn="sum @10 21600 0"/>
+                        </v:formulas>
+                        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                        <o:lock v:ext="edit" aspectratio="t"/>
+                      </v:shapetype>
+                      <v:shape id="Image 3" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:7178;height:5029;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCm5xAxwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zVpBZGuUWigoCKLd3h+b183SzUu6iZr+eyMIHoeZ+YZZrpPtxIX60DpWMJ0UIIhr&#10;p1tuFFRfn+MFiBCRNXaOScE/BVivhoMlltpd+UiXU2xEhnAoUYGJ0ZdShtqQxTBxnjh7P663GLPs&#10;G6l7vGa47eRrUcylxZbzgkFPH4bq39PZKtgh7uYbI9O+TcfDn/8O1czvlXoZpfc3EJFSfIYf7a1W&#10;MIP7lXwD5OoGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApucQMcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                        <v:imagedata r:id="rId10" o:title=""/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>__________________К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>. С. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EF5BEC">
-[...5 lines deleted...]
-              <w:t>Навч</w:t>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Решевська</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00EF5BEC">
-[...691 lines deleted...]
-              <w:t>поточні консультації відбуваються відповідно до затвердженого розкладу</w:t>
+            <w:r>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         (підпис)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>(ініціали, прізвище )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34BC9C6B" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00933144">
-[...2 lines deleted...]
-          <w:rStyle w:val="s1"/>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D348FD" w:rsidRDefault="00D348FD" w:rsidP="00D348FD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00D348FD" w:rsidP="00287FE1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="1794"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00287FE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002124E6">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>рік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00F722FA">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11920" w:h="16850"/>
+          <w:pgMar w:top="1040" w:right="425" w:bottom="280" w:left="1133" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Зв`язок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>викладачем (викладачами):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Циммерман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Геннадій Анатолійович</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="42C992E8" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00E66C95">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00EF5BEC">
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r>
+          <w:rPr>
+            <w:i/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>zimmermanga.zp@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A15A68C" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00C11241" w:rsidRDefault="00101043" w:rsidP="00830C55">
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сезн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-19"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗНУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>повідомлення:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>https://moodle.znu.edu.ua/course/view.php?id=</w:t>
+      </w:r>
+      <w:r w:rsidR="003921EA" w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2D32">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8103</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(061)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>289-12-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:line="319" w:lineRule="exact"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Інші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>засоби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зв’язку:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00173269" w:rsidRPr="00173269">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00173269" w:rsidRPr="00173269">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Messenger</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:line="321" w:lineRule="exact"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кафедра:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комп’ютерний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наук,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ауд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>корпус</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="292"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3534"/>
+        </w:tabs>
+        <w:ind w:left="3534" w:hanging="282"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Опис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навчальної</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>дисципліни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C11241">
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk113800719"/>
+      <w:r w:rsidRPr="003921EA">
         <w:rPr>
           <w:b/>
-          <w:i/>
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Метою</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C11241">
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C11241">
-[...48 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>навчальної дисципліни «Методика позашкільної роботи з інформатики» є створення умов для гармонійної і всебічної підготовки майбутнього вчителя інформатики до професії, формування компетентності організації учителем позакласної роботи з інформатики</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60FFC">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, роботи гуртка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, знайомство з педагогічними прийомами активізації пізнавальних інтересів учнів, формування алгоритмічного та технологічного мислення.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA321A6" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00CD2749" w:rsidRDefault="00101043" w:rsidP="00830C55">
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Основними</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>завданнями</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>вивчення</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>дисципліни</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Методика позашкільної роботи з інформатики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...37 lines deleted...]
-        <w:t>є:</w:t>
+        <w:t>» є:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4EC082" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00CD2749" w:rsidRDefault="00101043" w:rsidP="00C92217">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2498"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-        <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сформувати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>майбутнього</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>вчителя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>інформатики</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>знання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>необхідні</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> для </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>організації</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>позакласної</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>роботи</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> з </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>інформатики</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мотивація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>відбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та проблем для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вирішення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аналіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вибір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>технологій</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вирішення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проблем);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743C27F2" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00CD2749" w:rsidRDefault="00101043" w:rsidP="00C92217">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2498"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-        <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сформувати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>майбутнього</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>вчителя</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>інформатики</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>знання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>вміння</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>навички</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> для </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>знаходження</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>рішень</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> задач </w:t>
+        <w:t xml:space="preserve"> проблем </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>підвищеної</w:t>
+        <w:t>пізнавального</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>складності</w:t>
+        <w:t>спрямування</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D55E55" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00CD2749">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2498"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-        <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>орієнтувати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>студентів</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>диференціацію</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>організації</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>роботи</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> з </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>учнями</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> (за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(за </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>віком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>віком</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>рівнем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>рівнем</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>досягнень</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>досягнень</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>особистими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>здібностями</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t>інтересами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E90C09E" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00CD2749" w:rsidRDefault="00101043" w:rsidP="00C92217">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="003921EA" w:rsidRPr="003921EA" w:rsidRDefault="003921EA" w:rsidP="003921EA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2498"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-        <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>надати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>знання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сформувати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>вміння</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>пов’язані</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> з </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>організацією</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>підготовки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>учнів</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> до </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>участі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>профільних</w:t>
+        <w:t>гуртках</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>олімпіадах</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> та конкурсах</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD2749">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A60FFC">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A60FFC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>інформатики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003921EA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623A29CA" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00287991">
-[...1612 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00093916" w:rsidRPr="00093916" w:rsidRDefault="00093916" w:rsidP="00093916">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00893CF1">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Згідно</w:t>
+        <w:t>забезпечення</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00893CF1">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> з </w:t>
-      </w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00A84F19" w:rsidRPr="00093916" w:rsidRDefault="00A84F19" w:rsidP="00502858">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="283" w:right="137"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00893CF1">
-[...4 lines deleted...]
-        <w:t>вимогами</w:t>
+      <w:r w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Пререквізити</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00893CF1">
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00175BB8" w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37247">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Шкільний курс інформатики з методикою навчання</w:t>
+      </w:r>
+      <w:r w:rsidR="00175BB8" w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A84F19" w:rsidRPr="00093916" w:rsidRDefault="00A84F19" w:rsidP="00502858">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="283" w:right="137"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Постреквізити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00175BB8" w:rsidRPr="00093916">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>: «Виробнича практика».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00424F0A" w:rsidRDefault="00424F0A" w:rsidP="00502858">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="283" w:right="137"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:before="32"/>
+        <w:ind w:left="1934" w:right="1794"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Паспорт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>навчальної</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00893CF1">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00893CF1">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дисципліни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...4143 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="center"/>
+        <w:tblInd w:w="442" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3299"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="3262"/>
+        <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00101043" w14:paraId="76419669" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6302" w:type="dxa"/>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="230"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>показники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1291" w:right="439" w:hanging="846"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>денна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>здобуття освіти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="1291" w:right="404" w:hanging="896"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заочна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>здобуття освіти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="24"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="438"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>дисципліни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3615F395" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043">
-[...1 lines deleted...]
-              <w:keepNext/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00D11E47" w:rsidP="00D11E47">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="56"/>
+              <w:ind w:left="25" w:right="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:keepNext/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Обов’язкова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Семестр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00FF4535" w:rsidP="00FF4535">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="21" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00457CD5" w:rsidP="00457CD5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="24" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="87"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Кількість</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кредитів</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00A84F19" w:rsidP="00A84F19">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:keepNext/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="438"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Кількість</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>годин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00A84F19" w:rsidP="00C4335A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="25" w:right="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4335A">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00457CD5">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Лекційні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заняття</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00C4335A" w:rsidP="007401F6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>16 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00457CD5" w:rsidP="00457CD5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="24" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00804FF6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="172"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Лабораторні</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заняття</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00C4335A" w:rsidP="00C4335A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="172"/>
+              <w:ind w:left="21" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00457CD5" w:rsidP="00457CD5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="172"/>
+              <w:ind w:left="24" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Самостійна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00C4335A" w:rsidP="00C4335A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00457CD5" w:rsidP="00457CD5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="24" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="138"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Консультації</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="152"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>https://cs.znu.edu.ua/2067.ukr.html</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="635"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>підсумкового</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="36"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>семестрового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контролю:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00C4335A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="159"/>
+              <w:ind w:left="25" w:right="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="004964FC">
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>% від загальної оцінки</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>екзамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101043" w14:paraId="71980744" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="950"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6302" w:type="dxa"/>
+            <w:tcW w:w="2979" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Посилання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9" w:line="310" w:lineRule="atLeast"/>
+              <w:ind w:left="115" w:right="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>електронний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>курс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>СЕЗН ЗНУ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(платформа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D343D6B" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043">
-[...1 lines deleted...]
-              <w:keepNext/>
+          <w:p w:rsidR="00EF5B2B" w:rsidRDefault="002124E6" w:rsidP="00EF5B2B">
+            <w:pPr>
+              <w:ind w:left="283"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>https://moodle.znu.edu.ua/course/view.php?id=</w:t>
+            </w:r>
+            <w:r w:rsidR="00E770E5" w:rsidRPr="003921EA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006A2D32">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>8103</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA" w:rsidP="002A7653">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="304"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="13"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="608"/>
+          <w:tab w:val="left" w:pos="3876"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="3876" w:right="226" w:hanging="3548"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>досягнення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>запланованих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>освітньою</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>програмою</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>компетентностей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і результатів навчання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="89"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10039" w:type="dxa"/>
+        <w:tblInd w:w="190" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2806"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="4115"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F722FA" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="551"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="266" w:right="237" w:firstLine="225"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>Поточний контроль</w:t>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Компетентності / </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:keepNext/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>результати</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>навчання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="133"/>
+              <w:ind w:left="604"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>навчання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="133"/>
+              <w:ind w:left="0" w:right="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Форми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оцінювання</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45C3E" w:rsidRPr="004964FC" w14:paraId="061183E7" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="00F722FA" w:rsidTr="00700C5A">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3299" w:type="dxa"/>
+            <w:tcW w:w="10039" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Компетентності</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00700C5A" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00D01704" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ЗК3. Здатність до абстрактного мислення, аналізу та синтезу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00700C5A" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00D51C67" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ЗК6. Здатність орієнтуватися в інформаційному просторі, здійснювати пошук і критичне оцінювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00700C5A" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ЗК8. Здатність вчитися і оволодівати сучасними знаннями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00700C5A" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ЗК9. Здатність до адаптації та дії в новій ситуації.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700C5A" w:rsidRDefault="00700C5A" w:rsidP="00700C5A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">СК1. Здатність до формування в учнів ключових і предметних </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>компетентностей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> та реалізації міжпредметних </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>зв’язків</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК2. Володіння основами цілепокладання, планування та проектування процесу навчання учнів.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">демонстрація, дискусія, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>СК6. Здатність до критичного аналізу, діагностики й корекції власної педагогічної діяльності, оцінки педагогічного досвіду.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК7. Здатність до педагогічної взаємодії (з учнями, колегами й батьками).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК8. Здатність до формування в учнів мотивації до вивчення інформатики та організації їх пізнавальної діяльності.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК9. Здатність до вивчення і систематизації передового педагогічного досвіду навчання інформатиці (інноваційних методів і сучасних засобів навчання) та впровадження його в практику педагогічної діяльності в закладах шкільної та позашкільної освіти.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК10. Здатність використовувати знання наукових фактів, концепцій, теорій, принципів і методів інформатики у практиці навчання інформатики в базовій середній школі та в роботі гуртка з інформатики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>СК15. Здатність навчати учнів розв’язувати задачі шкільного курсу інформатики різного рівня складності</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51C67" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10039" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51C67" w:rsidRDefault="00D51C67" w:rsidP="00D51C67">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Результати</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР5 Організовувати освітній процес в школі та позашкільному закладі з урахуванням індивідуальних потреб учнів.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ПР6 Організовувати ефективну діяльність учнів на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>уроках</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> та заняттях гуртка з інформатики із дотриманням правил і рекомендацій щодо </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>здоров’язбереження</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> школярів, психологічних, правових та етичних аспектів.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР7 Відстежувати особистісний розвиток дитини і надає відповідні рекомендації учням та батькам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР8 Застосовувати принципи, форми, сучасні методи, ефективні методичні прийоми та дидактичні засоби навчання інформатики в освітньому процесі закладів загальної середньої та позашкільної освіти.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР11 Відшуковувати необхідну інформацію в науковій та методичній літературі, базах даних, інших джерелах, критично аналізує та оцінює інформацію.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">ПР12 Застосовувати сучасні інформаційно-комунікаційні технології для подання, редагування, збереження та перетворення текстової, числової, графічної, звукової та відео </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>інформації.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00000A4D">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР13 Формувати предметні компетентності учнів, визначені стандартами базової загальної середньої освіти.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00281C8D" w:rsidTr="00700C5A">
+        <w:trPr>
+          <w:trHeight w:val="1116"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="115" w:right="148"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ПР14 Розуміти місце інформатики в системі наук, перспективи розвитку інформатики та інформаційних технологій, їхнє суспільне значення та можливості практичного застосування в різних сферах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="115"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лекція-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>візуалізація, пояснення,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>аналізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">й систематизації, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>демонстрація, дискусія, виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань практичних робіт, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>виконання індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточний контроль: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практичних і самостійних робіт, оцінювання участі в дискусії, опитування, тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="110" w:right="87"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>контроль:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>захист індивідуального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>завдання,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00281C8D" w:rsidRDefault="00281C8D" w:rsidP="00281C8D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="261" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3528"/>
+        </w:tabs>
+        <w:spacing w:before="314"/>
+        <w:ind w:left="3528" w:hanging="280"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зміст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>навчальної</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дисципліни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="00D744DB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="283" w:right="139" w:firstLine="38"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Змістовий модуль 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Позакласна та позашкільна робота з інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поняття позакласної </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та позашкільної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роботи з інформатики. Приклади та характеристики основних ї</w:t>
+      </w:r>
+      <w:r w:rsidR="0098218E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форм</w:t>
+      </w:r>
+      <w:r w:rsidR="00700FE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вікторини, квести, </w:t>
+      </w:r>
+      <w:r w:rsidR="00595145">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">факультативи, </w:t>
+      </w:r>
+      <w:r w:rsidR="00700FE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гуртки, олімпіади та конкурси з інформатики)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Змістовий модуль 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особливості організації відбору та підготовки учнів д</w:t>
+      </w:r>
+      <w:r w:rsidR="00700FE9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участі в олімпіадах з інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="00700FE9" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приклади олімпіад з інформатики для участі українських учнів.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прийоми та заходи для організації відбору учнів д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участі в олімпіадах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з інформатики. Прийоми групової та індивідуальної підготовки учнів до участі в олімпіадах з інформатики. Врахування вікових особливостей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здобувачів освіти</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Змістовий модуль 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олімпіадні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачі з інформатики</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6933">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A4D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(простий рівень)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7B9E" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="00AC7B9E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типологія </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олімпіадних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задач з інформатики. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6933">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Розрахункові та логічні задачі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачі на перетворення типів даних. Задачі на перебирання</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адача пошуку</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, з</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адача сортування</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поняття про недосконалості алгоритмів</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поняття оптимізації алгоритмів та програм. Типи недосконалостей та прийоми їх оптимізації. Оптимізація розгалужень. Чистка циклів.</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аналіз тексту задачі</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>собливості тестування</w:t>
+      </w:r>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> як традиційні інструменти роботи з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олімпіадними</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00164B79">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Змістовий модуль </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A6933" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олімпіадні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A6933" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачі з інформатики</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6933">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A4D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(складний рівень)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6933" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRDefault="005A6933" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачі на обробку масивів (введення, виведення, </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A4D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зсуви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачі на обробку р</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ядк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ів</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6E84" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> символів. Задачі на обробку файлів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000A4D" w:rsidRDefault="00000A4D" w:rsidP="00000A4D">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Змістовий модуль </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олімпіадні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачі з інформатики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (поглиблений рівень)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000A4D" w:rsidRPr="006C6E84" w:rsidRDefault="00000A4D" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">парат комбінаторики в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олімпіадних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачах</w:t>
+      </w:r>
+      <w:r w:rsidR="00595145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (перестановки, розміщення, сполучення)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595145">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00595145" w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алгоритми пошуку перестановок, розміщень, сполучень. Задача про біном Ньютона</w:t>
+      </w:r>
+      <w:r w:rsidR="00595145">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особливості кодування інформації різних типів. Поняття про </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>криптологію</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>криптоаналіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Прості способи шифрування та їх використання в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олімпіадних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачах з інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Змістовий модуль </w:t>
+      </w:r>
+      <w:r w:rsidR="00595145">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олімпіадні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задачі з інформаційних технологій.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Типові задачі на використання можливостей текстового процесора (шрифти, вирівнювання, списки, стилі, таблиці, ілюстрації, автоматизований зміст, макроси). Типові задачі на використання можливостей табличного процесора (списки, формули, вбудовані функції, діаграми, надбудови, умовне форматування, макроси). Типові задачі на побудову статичних та анімованих презентацій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRPr="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Змістовий модуль </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B9E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Підготовка учнів до конкурсів з інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6E84" w:rsidRDefault="006C6E84" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="283" w:right="139" w:firstLine="38"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00657CF2">
+        <w:t>Особливості конкурсів з інформатики та залучення до них учнів. Огляд популярних конкурсів з інформатики. Аналіз задач конкурсу «Бобер» та прийомів їх вирішення. Організація та методика проведення конкурсів з інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7B9E" w:rsidRPr="006C6E84" w:rsidRDefault="00AC7B9E" w:rsidP="00AC7B9E">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Змістовий модуль </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7B9E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Організація роботи гуртка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6E84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інформатики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7B9E" w:rsidRDefault="00AC7B9E" w:rsidP="006C6E84">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="283" w:right="139" w:firstLine="38"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Гурток як особлива форма роботи з учнями. Планування роботи гуртка. Традиційні заняття та інші заходи в роботі гуртка. Результати освітньої діяльності гуртка інформатики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657CF2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="14"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3177"/>
+        </w:tabs>
+        <w:ind w:left="3177" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Структура</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навчальної</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>дисципліни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="96"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="298" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1421"/>
+        <w:gridCol w:w="4681"/>
+        <w:gridCol w:w="853"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1986"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="462"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="705BBFA6" w14:textId="77777777" w:rsidR="00B45C3E" w:rsidRDefault="00B45C3E">
-[...106 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:left="369" w:hanging="296"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>1</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заняття</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/ роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="32" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Назва</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теми</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="10" w:right="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кількість</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="11" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>годин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Згідно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>розкладом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B45C3E" w:rsidRPr="004964FC" w14:paraId="559BFAF8" w14:textId="77777777" w:rsidTr="009C63D7">
-[...1106 lines deleted...]
-      <w:tr w:rsidR="00101043" w:rsidRPr="004964FC" w14:paraId="7B566178" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
           <w:trHeight w:val="266"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1421" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...194 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A29A5F5" w14:textId="73C93B62" w:rsidR="00B45C3E" w:rsidRDefault="00B45C3E" w:rsidP="00580C2C">
-[...128 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...281 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0387BC23" w14:textId="35FFBF3F" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00FB4F22">
-[...6 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:i/>
-[...4 lines deleted...]
-              <w:t>Змістовий</w:t>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>д.ф</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:i/>
-[...88 lines deleted...]
-              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="8"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...14 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>з.ф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...92 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35983C8F" w14:textId="359D8086" w:rsidR="009C63D7" w:rsidRDefault="009C63D7" w:rsidP="007F0176">
-[...1 lines deleted...]
-              <w:keepNext/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="213"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="178" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="178" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="178" w:lineRule="exact"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA" w:rsidTr="00DE6A84">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="007C6C80" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Л</w:t>
+            </w:r>
+            <w:r w:rsidR="009454AA">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>екція</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2430">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C91857" w:rsidRPr="001254DE" w:rsidRDefault="008A5F03" w:rsidP="001254DE">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="00213A5C" w:rsidRPr="00213A5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поняття позакласної та позашкільної роботи з інформатики. </w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Огляд</w:t>
+            </w:r>
+            <w:r w:rsidR="00213A5C" w:rsidRPr="00213A5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> основних ї</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidR="00213A5C" w:rsidRPr="00213A5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> форм (вікторини, квести, факультативи, гуртки, олімпіади та конкурси з інформатики)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D7CE4" w:rsidRDefault="008D7CE4" w:rsidP="00A7175D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="171"/>
+              </w:tabs>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00213A5C" w:rsidP="00213A5C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA" w:rsidTr="00DE6A84">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Основні форми позакласної та позашкільної роботи з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A3BC8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0098218E" w:rsidRDefault="00A02924" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Визначити відмінності понять позакласна та позашкільна робота з інформатики (відповідь оформити таблицею).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0098218E" w:rsidRDefault="00A02924" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Надати опис основних форм такої роботи: </w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E" w:rsidRPr="00213A5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вікторини, квести, факультативи, гуртки, олімпіади та конкурси з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (відповідь оформити таблицею)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="00A02924" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Навести приклад власного сценарію вікторини з інформатики, зосередити увагу на часі, тривалості та місці проведення, віці здобувачів, складності завдань, організації діяльності учнів</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (індивідуальної або групової), інших важливих на думку автора питаннях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A02924" w:rsidRDefault="00A02924" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.Навести приклад власного сценарію </w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для проведення </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>квест</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з інформатики, зосередити увагу на часі, тривалості, необхідних засобах для проведення, віці здобувачів, складності завдань, організації діяльності учнів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підготувати документ «</w:t>
+            </w:r>
+            <w:r w:rsidR="0098218E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Робота</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1». Об’єднати в ньому результати роботи</w:t>
+            </w:r>
+            <w:r w:rsidR="00A02924">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п.1-4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="171"/>
+              </w:tabs>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...2 lines deleted...]
-              <w:t>Змістовий</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA" w:rsidTr="00FF772D">
+        <w:trPr>
+          <w:trHeight w:val="2157"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Завдання. Проаналізувати </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E05DF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>питання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34CAA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>рганізаці</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4A79">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ї</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34CAA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та проведення факультативів з інформатики (</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4A79">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мета, форма, тривалість, результати</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34CAA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4A79">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Навести приклади.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота 1».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="171"/>
+              </w:tabs>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00CF2430">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2430">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="5"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA" w:rsidTr="000D607E">
+        <w:trPr>
+          <w:trHeight w:val="3251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2430">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF772D" w:rsidRPr="00C66F2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лімпіад</w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF772D" w:rsidRPr="00C66F2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з інформатики для  українських учнів. Прийоми організації відбору </w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">та підготовки </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF772D" w:rsidRPr="00C66F2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>учнів до участі в олімпіадах з інформатики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00FF772D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="008466CD" w:rsidP="008466CD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA" w:rsidTr="00D47190">
+        <w:trPr>
+          <w:trHeight w:val="9201"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00735490">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Методика відбору та підготовки учнів до участі в олімпіадах з програмування</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271BBC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00637483" w:rsidRDefault="00FF607C" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00637483">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Перелічити та прокоментувати проблемні питання, в яких має бути обізнаним учитель – організатор підготовки учнів до олімпіад з інформатики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008466CD" w:rsidRDefault="00FF607C" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Визначити та описати особливості </w:t>
+            </w:r>
+            <w:r w:rsidR="00A31F3A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>організації</w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> відбору учнів для участі в олімпіаді з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00637483">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (на прикладі декількох кейсів – нема зацікавлених учнів, велика кількість бажаючих, потенційно сильні учасники відмовляються приймати участь)</w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF607C" w:rsidRDefault="00E62176" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF607C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Навести приклад сценарію заходу, що має на меті відбір учнів-кандидатів для участі в олімпіаді з інформатики (зосередити увагу на формі проведення, механізмах зацікавлення учасник</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ів</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF607C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, відборі завдань).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="00E62176" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.Навести опис методичних прийомів </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>групової підготовки учнів до участі в олімпіадах з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (з </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE0344">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рахуванням </w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD" w:rsidRPr="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вікових особливостей здобувачів освіти</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="009454AA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підготувати документ «</w:t>
+            </w:r>
+            <w:r w:rsidR="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Робота</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2». Об’єднати в ньому результати роботи</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47190">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п.1-4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="266" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="266" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3,4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="2023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання. Проаналізувати питання</w:t>
+            </w:r>
+            <w:r w:rsidR="004C12BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методичних прийомів </w:t>
+            </w:r>
+            <w:r w:rsidR="004C12BD" w:rsidRPr="008466CD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>індивідуальної підготовки учнів до участі в олімпіадах з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="004C12BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, навести приклади та аргументацію доцільності</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00CF2430">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2430">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3,4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="2023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="0003106A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="171"/>
+              </w:tabs>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Типологія </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадних</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задач з інформатики. </w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Огляд типів задач: р</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>озрахункові та логічні</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на перетворення типів даних</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на перебирання. </w:t>
+            </w:r>
+            <w:r w:rsidR="0003106A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Аналіз тексту задачі, н</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>едосконалості алгоритмів</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та програм, </w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оптимізаці</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1103" w:rsidRPr="007C1103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алгоритмів та програм</w:t>
+            </w:r>
+            <w:r w:rsidR="0003106A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, тестування</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0003106A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00522598">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0003106A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>базові питання підготовки учнів до олімпіади з інформатики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="00CF2430" w:rsidP="00CF2430">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...7 lines deleted...]
-              <w:keepNext/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA" w:rsidTr="00DE6A84">
+        <w:trPr>
+          <w:trHeight w:val="5962"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="00FC09E5" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Класичні задачі для шкільної олімпіади з інформатики та організація тренувань учнів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271BBC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB4BA4" w:rsidRDefault="00AB4BA4" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дати характеристики та навести приклади наступним типам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задач:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6E6C" w:rsidRPr="00AB4BA4" w:rsidRDefault="006C6E6C" w:rsidP="00AB4BA4">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>розрахункові задачі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6E6C" w:rsidRPr="00AB4BA4" w:rsidRDefault="006C6E6C" w:rsidP="00AB4BA4">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>логічні задачі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6E6C" w:rsidRPr="00AB4BA4" w:rsidRDefault="006C6E6C" w:rsidP="00AB4BA4">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>задачі на перетворення типів даних,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB4BA4" w:rsidRPr="00AB4BA4" w:rsidRDefault="006C6E6C" w:rsidP="00AB4BA4">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>задачі на перебирання (задача пошуку, задача сортування).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C6E6C" w:rsidRDefault="00601F06" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Пояснити, я</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к на вашу думку можна варіювати складність подібних </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE1A8E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">типів </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BA4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>задач відповідно віку здобувачів освіти.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRDefault="00FE1A8E" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.Важливим в олімпіаді з інформатики є підготовка учня-учасника за напрямком алгоритмізація та програмування – написані ним програми мають бути максимально швидкими та точними</w:t>
+            </w:r>
+            <w:r w:rsidR="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, тобто близькими до оптимальних</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Надати</w:t>
+            </w:r>
+            <w:r w:rsidR="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> опис</w:t>
+            </w:r>
+            <w:r w:rsidR="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та навести приклади інструментів оптимізації</w:t>
+            </w:r>
+            <w:r w:rsidR="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRPr="00741A02" w:rsidRDefault="00AB4BA4" w:rsidP="00741A02">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C" w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>птимізація розгалужень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRPr="00741A02" w:rsidRDefault="00AB4BA4" w:rsidP="00741A02">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C" w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>истка циклів</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D60" w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRPr="00741A02" w:rsidRDefault="006F2D60" w:rsidP="00741A02">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>використання допоміжних програм</w:t>
+            </w:r>
+            <w:r w:rsidR="00741A02" w:rsidRPr="00741A02">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRDefault="00741A02" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Опи</w:t>
+            </w:r>
+            <w:r w:rsidR="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сати</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прості правила, які характеризують наступні етапи </w:t>
+            </w:r>
+            <w:r w:rsidR="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>процесу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> розв’язанн</w:t>
+            </w:r>
+            <w:r w:rsidR="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задачі з інформатики:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00741A02" w:rsidRPr="00601F06" w:rsidRDefault="00741A02" w:rsidP="00601F06">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C" w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наліз тексту задачі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="006C6E6C" w:rsidP="00601F06">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тестування</w:t>
+            </w:r>
+            <w:r w:rsidR="00741A02" w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> програми.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00601F06" w:rsidRPr="00601F06" w:rsidRDefault="00601F06" w:rsidP="00601F06">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601F06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наскільки довго та детально </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>слід реалізовувати ці етапи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підготувати документ «</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6E6C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Робота </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3». Об’єднати в ньому всі результати роботи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="00BB6444" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00D6604A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...11 lines deleted...]
-              <w:keepNext/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="1547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="00A3189E" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Завдання. Проаналізувати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420BA0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A3189E">
+              <w:t xml:space="preserve">питання </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BA4" w:rsidRPr="00A3189E">
+              <w:t>типи недосконалостей алгоритмів та програм та прийоми їх оптимізації.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="00A3189E" w:rsidRDefault="009454AA" w:rsidP="00A3189E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A3189E">
+              <w:t>Зберегти результати роботи у документі «Самостійна робота 3».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00A3189E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3189E">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="00A3189E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...12 lines deleted...]
-              <w:keepNext/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5,6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3189E">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="1547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція</w:t>
+            </w:r>
+            <w:r w:rsidR="002C3DE1">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="003E3ABE" w:rsidRPr="003E3ABE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Задачі на обробку масивів (введення, виведення, зсуви). Задачі на обробку рядків символів. Задачі на обробку файлів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="003E3ABE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="003E3ABE" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:i/>
-                <w:iCs/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
-[...12 lines deleted...]
-              <w:keepNext/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="28" w:right="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC09E5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Обробка табличних даних.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00271BBC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Використовуючи методичні матеріали (на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>. курсу в системі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Moodle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>) ознайомитись з табличним типом даних, правилами опису, введення, виведення та опрацювання таблиць-масивів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>За зразками створити 2 міні-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>проєкти</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для роботи з масивами – «Визначення середнього арифметичного ненульових елементів масиву»,  та «Виведення елементів масиву за зростанням значень» (середовище розробки обрати самостійно).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Підготувати документ «</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Робота</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>». Об’єднати в ньому всі результати роботи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,9 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Завдання. Проаналізувати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00420BA0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E05DF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>питання</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271BBC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> відмінності між консольним та віконним </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>проєктом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, типи даних – особливості зберігання, дані прості та групові, приклади групових типів даних, основні дії над масивами, основні методи сортування та пошуку для групи даних.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6444">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,9 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Тема</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Типові задачі для олімпіади, їх аналіз та організація тренувань учасників олімпіади (складний </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00650103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30895" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00650103">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>). К</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">омбінаторика в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задачах (перестановки, розміщення, сполучення)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30895" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, з</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">адача про біном Ньютона. Поняття про </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>криптологію</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>криптоаналіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C30895" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, п</w:t>
+            </w:r>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рості способи шифрування в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадних</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00650103" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задачах з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30895" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="171"/>
+              </w:tabs>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="0067705F" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="6830"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Розв’язування складних задач </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> типу (комбінаторика) та м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>етодика</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>підготовки учнів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C1EB4" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зібрати матеріали щодо типових задач з комбінаторики (типи, математичний апарат, приклади, ідеї програмної реалізації), які використовуються на олімпіадах з інформатики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C1EB4" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.Визначити та описати </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">можливі проблеми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учнів </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>під час вирішення подібних задач.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C1EB4" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.Навести приклад</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и допомоги учителя учням під час розгляду таких задач.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Систематизувати та описати загальні методичні прийоми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>групової</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (а можливо індивідуальної)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> підготовки учнів до участі в олімпіадах з інформатики (з урахуванням </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>складності задач</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготувати документ «Робота </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1EB4" w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>». Об’єднати в ньому результати роботи п.1-4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="006C1EB4" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1EB4">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="006C1EB4" w:rsidRDefault="009454AA" w:rsidP="006C1EB4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10,11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="1513"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="000162D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Завдання. Проаналізувати питання: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C14F9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C14F9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>криптології</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007C14F9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> та </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007C14F9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>криптоаналізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007C14F9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для учнів, типи та приклади задач з шифрування/розшифрування</w:t>
+            </w:r>
+            <w:r w:rsidR="000162D9" w:rsidRPr="000162D9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="259" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="215" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10,11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="1513"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30895">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0000711D" w:rsidRPr="00C93338" w:rsidRDefault="0000711D" w:rsidP="00C93338">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Тема Типові задачі для олімпіад з інформаційних технологій (використання можливостей текстового процесора, табличного процесора, задачі на побудову статичних та анімованих презентацій).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="0000711D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="0067705F" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="225" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="5820"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRPr="00F479A6" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:t>заняття 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Олімпіадні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задачі з інформаційних технологій, м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">етодика підготовки учнів до </w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">їх розв’язування на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіад</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F479A6" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ознайомитись із загальними ідеями  олімпіади з інформаційних технологій для учнів. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перелічити та прокоментувати </w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>типи задач, які зазвичай виносять на подібні змагання.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Описати по дві задачі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олімпіадного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рівня складності на використання текстового процесора, табличного процесора, редактора презентацій та СКБД (при описі виконати чітку постановку задач, деталізувати процес використання обраного типу ПЗ під час розв’язування задачі)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>пис</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методичн</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прийом</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">підготовки учнів до участі в олімпіадах з </w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>інформаційних технологій</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготувати документ «Робота </w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>». Об’єднати в ньому результати роботи п.1-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F479A6" w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F479A6" w:rsidRPr="00F479A6" w:rsidRDefault="00C30895" w:rsidP="00F479A6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F479A6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="00F479A6" w:rsidRDefault="009454AA" w:rsidP="00F479A6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="0067705F" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="268" w:lineRule="exact"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12,13,14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009454AA">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="003E2311">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Завдання. Проаналізувати питання: </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4B04" w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">відмінності </w:t>
+            </w:r>
+            <w:r w:rsidR="003E2311" w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в організації відбору та підготовки учнів до олімпіад з інформатики та інформаційних технологій.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRPr="001254DE" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009454AA" w:rsidRDefault="009454AA" w:rsidP="009454AA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12,13,14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиждень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0000711D" w:rsidP="00C93338">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Тема Особливості конкурсів з інформатики.</w:t>
+            </w:r>
+            <w:r w:rsidR="001E669D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Аналіз задач конкурсу «Бобер» та прийомів їх вирішення. Організація та методика проведення конкурсів з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="001E669D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00735490">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методика відбору та підготовки учнів до участі </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33D9D" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у </w:t>
+            </w:r>
+            <w:r w:rsidR="000E39C9" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсах з інформатики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Знайти та систематизувати інформацію щодо існуючих для учнів конкурсів з інформатики. Оформити таблицею (назва, організатори, офіційне посилання, терміни проведення, правила проведення).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>На прикладі конкурсу «Бобер» описати базові типи задач (для різних вікових груп) та способи їх розв’язування.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.Навести </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>опис методичних заходів</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, що ма</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ють</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на меті відбір учнів-кандидатів для участі в </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з інформатики (зосередити увагу на формі проведення, механізмах зацікавлення учасників, відборі завдань).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.Навести опис методичних прийомів підготовки учнів до участі в </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> з </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>інформатики (з урахуванням вікових особливостей здобувачів освіти).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготувати документ «Робота </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5" w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>». Об’єднати в ньому результати роботи п.1-4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="001254DE" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED0AC5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00ED0AC5" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001439A0" w:rsidRDefault="001439A0" w:rsidP="001439A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Завдання. Проаналізувати питання: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>мотивація та залучення учнів до участі в предметних конкурсах (на відміну від олімпіад)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001439A0" w:rsidRPr="001254DE" w:rsidRDefault="001439A0" w:rsidP="001439A0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Лекція 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0000711D" w:rsidP="00C93338">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Тема Гурток як особлива форма роботи з учнями</w:t>
+            </w:r>
+            <w:r w:rsidR="001E669D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ланування роботи</w:t>
+            </w:r>
+            <w:r w:rsidR="001E669D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>радиційні заняття та інші заходи в роботі гуртка</w:t>
+            </w:r>
+            <w:r w:rsidR="001B229D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>езультати освітньої діяльності гуртка інформатики</w:t>
+            </w:r>
+            <w:r w:rsidR="001B229D" w:rsidRPr="00C93338">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="285" w:hanging="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторне </w:t>
+            </w:r>
+            <w:r>
+              <w:t>заняття 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00735490">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методика </w:t>
+            </w:r>
+            <w:r w:rsidR="00F115A3" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>організації роботи (шкільного) гуртка інформатики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Завдання:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F115A3" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Проаналізувати матеріали щодо загальних принципів роботи шкільного гуртка та гуртка інформатики зокрема, виокремити 10-15 базових правил, прокоментувати їх. Роботу оформити таблицею</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F115A3" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F115A3" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Навести 1-2 приклади мотиваційних заходів (або занять) для гуртківців.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F115A3" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.Навести приклад сценарію за</w:t>
+            </w:r>
+            <w:r w:rsidR="00F115A3" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>няття гуртка інформатики (5-6 клас).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F115A3" w:rsidRPr="00014B10" w:rsidRDefault="00F115A3" w:rsidP="00F115A3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4.Навести приклад сценарію заняття гуртка інформатики (7-9 клас).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00014B10" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30895" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.Навести</w:t>
+            </w:r>
+            <w:r w:rsidR="00F115A3" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перелік 3-5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вправ або задач (на змісті інформатики), доречних на вашу думку для використання на занятті гуртка інформатики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00014B10" w:rsidRPr="00014B10" w:rsidRDefault="00014B10" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6. Провести рефлексію щодо питання що таке керівництво учнівським предметним гуртком та чи готовий я до такої роботи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Підготувати документ «Робота </w:t>
+            </w:r>
+            <w:r w:rsidR="00014B10" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>». Об’єднати в ньому результати роботи п.1-</w:t>
+            </w:r>
+            <w:r w:rsidR="00014B10" w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="00014B10" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Захистити виконану роботу на занятті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRPr="001254DE" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00014B10">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Прийняти участь в обговоренні робіт інших студентів.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C30895">
+        <w:trPr>
+          <w:trHeight w:val="1434"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="314" w:hanging="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самостійна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>робота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4681" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0067705F" w:rsidRDefault="0067705F" w:rsidP="0067705F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Завдання. Проаналізувати питання: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мотивація та залучення учнів до занять предметного гуртка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E2311">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>інформатики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0067705F" w:rsidRPr="001254DE" w:rsidRDefault="0067705F" w:rsidP="0067705F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зберегти результати роботи у документі «Самостійна робота</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001254DE">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="-15"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="853" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="0067705F" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="21" w:right="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED0AC5">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="265" w:lineRule="exact"/>
+              <w:ind w:left="17" w:right="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C30895" w:rsidRDefault="00C30895" w:rsidP="00C30895">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3290"/>
+        </w:tabs>
+        <w:ind w:left="3290" w:hanging="282"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Види</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зміст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контрольних</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заходів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="334" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1373"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="4124"/>
+        <w:gridCol w:w="849"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119" w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="386" w:hanging="272"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заняття/ роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="162" w:right="143" w:firstLine="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид контрольного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="215" w:lineRule="exact"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заходу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="373" w:right="355" w:hanging="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зміст </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">контрольного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заходу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="1530" w:hanging="846"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерії</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оцінювання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>термін виконання*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="119" w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="191" w:right="111" w:hanging="68"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Усього </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балів</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="55"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Поточний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00C505C9" w:rsidP="003D145B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, п</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>овнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D145B">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Неповні або частково правильні відповіді – </w:t>
+            </w:r>
+            <w:r w:rsidR="003D145B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="003D145B" w:rsidP="003D145B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C63D7" w:rsidRPr="004964FC" w14:paraId="50CC112A" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
-          <w:trHeight w:val="287"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00FB6776">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лабораторна</w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002124E6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00FB6776">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи, захист</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5EB5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A205E" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повнота виконання – </w:t>
+            </w:r>
+            <w:r w:rsidR="008A205E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="008A205E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="008A205E" w:rsidP="00205914">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="001E669D">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="1159"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контроль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контрольна робота, тестування</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="111" w:right="214"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдань </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">контрольної </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи, відповіді на тестові питання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1103"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота та правильність виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кожного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>завдання роботи–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1, неповне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>або</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частково</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правильне виконання завдання – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="008C31A3">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="001E669D">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поточне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питаннями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="228" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>самостійної роботи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">опитування </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">з теми, що </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вивчається</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="218"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обговорення питань,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">визначених </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостійного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опрацювання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Активна участь студента в обговоренні на занятті, повнота та правильність відповідей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>під</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>час</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>опитування</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. Неповні або частково правильні відповіді – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00353799" w:rsidTr="001E669D">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>робота 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи № 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="130"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">завдання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, захист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роботи:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="1236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота виконання – 3;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Захист–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00353799" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="7"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контроль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контрольна робота, тестування</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="auto"/>
+              <w:ind w:left="111" w:right="113"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Виконання завдань контрольної</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роботи, відповіді на тестові </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повнота та правильність виконання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кожного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>завдання роботи–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1, неповне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>або</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частково</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правильне виконання завдання – 0.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="3"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="691"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="235" w:lineRule="auto"/>
+              <w:ind w:left="115" w:right="401"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Усього</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">поточний </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="25" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Підсумковий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="1149"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="110"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="00353799" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="314"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Екзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="-9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Теоретичне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="006509D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="329"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Розкрити</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сутність </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питань змісту дисципліни (зі списку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>винесених</w:t>
+            </w:r>
+            <w:r w:rsidR="006509D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006509D7">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>екзамен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="23"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правильне повне виконання завдання з аргументацією та прикладами - 20 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Частково</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>правильне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>або</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>неповне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">виконання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>завдання - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002341AB">
+        <w:trPr>
+          <w:trHeight w:val="1845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
             <w:vMerge/>
-            <w:vAlign w:val="center"/>
-[...92 lines deleted...]
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F5FBF85" w14:textId="2FAD91B7" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00CC710B">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="112" w:right="533"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Практичне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRPr="00E91051" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Розробити</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C474A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методичні матеріали до однієї з </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Змістовий</w:t>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олімпіадних</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...90 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (або дослідницьких</w:t>
+            </w:r>
+            <w:r w:rsidR="006509D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, конкурсних</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) задач: цікаве формулювання, постановка задачі, математична модель, алгоритм (або ідеї для вирішення), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обгрунтування</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вибору інструментальних засобів для вирішення (мова програмування, програма, інтернет-сервіс і </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>т.д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.), текстовий опис рішення (або текст програми), отримані (або плановані) результати, презентація авторського </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проєкту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E91051">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C474A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ідгот</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>увати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C474A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мультимедійну </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C474A7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>презентацію для захисту індивідуального завдання</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="00353799">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Доречність,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>відповідність</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">темі, зручність </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>використання, повнота та якість пропонованих матеріалів – 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="114" w:right="315"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Неповне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дотримання</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вищезазначених критеріїв – 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="221" w:lineRule="exact"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...2 lines deleted...]
-              <w:t>1</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101043" w:rsidRPr="004964FC" w14:paraId="2332BDA7" w14:textId="77777777" w:rsidTr="009C63D7">
+      <w:tr w:rsidR="002341AB">
         <w:trPr>
-          <w:trHeight w:val="287"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...84 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="134"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="uk-UA"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...129 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Усього за </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>підсумковий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="224" w:lineRule="exact"/>
+              <w:ind w:left="271"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...99 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            <w:r>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4124" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002341AB" w:rsidRDefault="002341AB" w:rsidP="002341AB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...83 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...269 lines deleted...]
-              <w:t>100%</w:t>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09E3497D" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00C47911">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="67"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F86EE57" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00577A1B">
-[...1 lines deleted...]
-        <w:spacing w:after="120"/>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:spacing w:after="6"/>
+        <w:ind w:left="1935" w:right="1794"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EF5BEC">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>Шкала оцінювання: національна та ECTS</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Шкала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ЗНУ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>національна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ECTS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="center"/>
+        <w:tblInd w:w="255" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1500"/>
-        <w:gridCol w:w="4253"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4513"/>
+        <w:gridCol w:w="2125"/>
         <w:gridCol w:w="1873"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00101043" w:rsidRPr="00EF5BEC" w14:paraId="32211B15" w14:textId="77777777">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="267266B5" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00AD356A">
-[...2 lines deleted...]
-              <w:spacing w:before="0"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="241" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="96"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...31 lines deleted...]
-              <w:spacing w:before="0"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шкалою</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="257" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="95"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="26632808" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="001874DD">
-[...23 lines deleted...]
-            <w:tcW w:w="3999" w:type="dxa"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="258" w:lineRule="exact"/>
+              <w:ind w:left="979"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шкалою</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>університету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="45037EB7" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00AD356A">
-[...18 lines deleted...]
-              <w:t>За національною шкалою</w:t>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="597"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>національною</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>шкалою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101043" w:rsidRPr="00EF5BEC" w14:paraId="736E117C" w14:textId="77777777">
+      <w:tr w:rsidR="00F722FA">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...5922 lines deleted...]
-            <w:tcW w:w="4220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F0286D6" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00334E9F" w:rsidRDefault="00101043" w:rsidP="004210DB">
-[...11 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EFB6906" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00334E9F" w:rsidRDefault="00101043" w:rsidP="004210DB">
-            <w:pPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="27"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:lang w:val="uk-UA"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Екзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Залік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="3" w:right="206"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(відмінно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(відмінно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="219"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="366"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Зараховано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="249"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="229" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="206"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(дуже</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>добре)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="99"/>
+              <w:ind w:left="638"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(добре)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="206"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(добре)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="96" w:right="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="5" w:right="206"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(задовільно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="104"/>
+              <w:ind w:left="390"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(задовільно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="254"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="96"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="5" w:right="206"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(достатньо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="95"/>
+              <w:ind w:left="96" w:right="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>FX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="213" w:lineRule="auto"/>
+              <w:ind w:left="1001" w:right="464" w:hanging="740"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(незадовільно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>можливістю повторного складання)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="270"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(незадовільно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="76"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="114"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>зараховано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F722FA">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="95"/>
+              <w:ind w:left="96" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="216" w:lineRule="auto"/>
+              <w:ind w:left="1176" w:right="450" w:hanging="915"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(незадовільно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обов’язковим повторним курсом)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1873" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16B21ADD" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00EF5BEC" w:rsidRDefault="00101043" w:rsidP="00CD6A2D">
-[...1 lines deleted...]
-        <w:ind w:left="2160" w:firstLine="720"/>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="54"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49BD5FDC" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="00232823">
-[...24 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3569"/>
+          <w:tab w:val="left" w:pos="3664"/>
+        </w:tabs>
+        <w:spacing w:line="640" w:lineRule="atLeast"/>
+        <w:ind w:left="3569" w:right="3240" w:hanging="185"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...55 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Основні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...102 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:t>навчальні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t>с.</w:t>
+      <w:r>
+        <w:t>ресурси Рекомендована література</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D17D4FA" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00464853">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Книга </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформатика: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>вчителя</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для 7-го </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>інформатики</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>довідково-методичне</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл.заг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. серед. освіти. /Й. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>видання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ривкінд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...77 lines deleted...]
-        <w:t>, 2006. 272 с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеза. 2024. 256 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76526272" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00464853">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Д. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформатика: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Сучасні</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для 8-го </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>підходи</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> до </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>вивчення</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл.заг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. серед. освіти. /Й. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>інформатики</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ривкінд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...107 lines deleted...]
-        <w:t>, 2012. 128 с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеза. 2021. 256 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51979CBC" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00E97307" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00464853">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Морзе Н.В. Методика </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформатика: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>навчання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для 9-го </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>інформатики</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Частина</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл.заг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 1. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. серед. освіти. /Й. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Загальна</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ривкінд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...65 lines deleted...]
-        <w:t>256 с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеза. 2022. 277 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4064B2BC" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00E97307" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00F10944">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Морзе Н.В. Методика </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформатика: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>навчання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для 5-го </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>інформатики</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Частина</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл.заг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2. Методика </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. серед. освіти. /Й. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>навчання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ривкінд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...65 lines deleted...]
-        <w:t>287 с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеза. 2022. 240 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7229B959" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00E97307" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00F10944">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Морзе Н.В. Методика </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Інформатика: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>навчання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. для 6-го </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>інформатики</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Частина</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл.заг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 4. Методика </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. серед. освіти. /Й. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>навчання</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ривкінд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...74 lines deleted...]
-        <w:t>с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та ін. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Генеза. 2023. 240 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B8907B" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRPr="00F10944" w:rsidRDefault="002124E6" w:rsidP="00754A59">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Інформатика.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Підручник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Караванова</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Т.П. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закладів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>загальної</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>середньої</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освіти.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10944" w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Н.В. Морзе, О.В. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Інформатика</w:t>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Барна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...76 lines deleted...]
-        <w:t>192 с</w:t>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Київ</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УОВЦ «Оріон». 2021. 176 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548B8FFB" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00F10944">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1000"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Морзе Н. В., </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Караванова</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Барна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Т.П. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. В. Інформатика: підручник для 10 (11) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Інформатика</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Основи</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>загальноосвіт</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>алгоритмізації</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>навч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...115 lines deleted...]
-        <w:t xml:space="preserve"> : Аспект, 2005. 250 с.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. закладів: рівень стандарту. Київ : «Оріон», 2018. 240 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091F6D19" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00754A59" w:rsidRPr="00754A59" w:rsidRDefault="00754A59" w:rsidP="00754A59">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> : Генеза, 2006. 288 с.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Караванова Т.П. Інформатика. Базовий курс. Основи алгоритмізації та програмування. Шепетівка : Аспект, 2007. 192 с</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A9148D" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00754A59" w:rsidRPr="00754A59" w:rsidRDefault="00754A59" w:rsidP="00754A59">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Караванова Т.П. Інформатика. Основи алгоритмізації та програмування (процедурне програмування). Базовий курс. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Караванова</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Навч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Т.П. </w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Методи</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Доп. та </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>побудови</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>випр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...117 lines deleted...]
-        <w:t>, 2007. 224 с.</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Шепетівка : Аспект, 2005. 250 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12862F1B" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00754A59" w:rsidRPr="00754A59" w:rsidRDefault="00754A59" w:rsidP="00754A59">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Караванова Т.П. Основи алгоритмізації та програмування: 777 задач з рекомендаціями та прикладами: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t>Караванова</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Навч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t xml:space="preserve"> Т.П. </w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t>Методи</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Доп. та </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t>побудови</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>випр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...80 lines deleted...]
-        <w:t>, 2008. 336 с.</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Київ : Генеза, 2006. 288 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C9D608" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00B27935">
-      <w:pPr>
+    <w:p w:rsidR="00754A59" w:rsidRPr="00754A59" w:rsidRDefault="00754A59" w:rsidP="00754A59">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00547C79">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Караванова Т.П. Методи побудови алгоритмів та їх аналіз: необчислювальні алгоритми: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-[...3 lines deleted...]
-        <w:t>Посібник</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...362 lines deleted...]
-        <w:t>136 с.</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Київ : Генеза, 2007. 224 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A24C5BA" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00CA6E5A">
-      <w:pPr>
+    <w:p w:rsidR="00754A59" w:rsidRPr="00754A59" w:rsidRDefault="00754A59" w:rsidP="00FB6776">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...10 lines deleted...]
-        <w:t>[Electronic Resource] / </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1000"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Караванова Т.П. Методи побудови алгоритмів та їх аналіз: обчислювальні алгоритми: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t>Arsac</w:t>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Навч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...16 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посіб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00754A59">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Київ : Генеза, 2008. 336 с.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC23BBA" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00CA6E5A">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6" w:rsidP="00F10944">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1000"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руденко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Інформатика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(профільний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рівень)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>підруч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. серед. освіти. Харків : Ранок, 2019. 256 с.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="297A092A" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00547C79" w:rsidRDefault="00101043" w:rsidP="00CA6E5A">
-      <w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRPr="007E4D08" w:rsidRDefault="002124E6" w:rsidP="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...4 lines deleted...]
-      </w:r>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00547C79">
-        <w:t>reboot:computing</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Computer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00547C79">
-[...159 lines deleted...]
-        <w:t xml:space="preserve">Відвідування лекційних і лабораторних занять є </w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>обов</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Science</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003C4789">
-[...6 lines deleted...]
-        <w:t>’</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>язковим</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">Усі письмові роботи, що виконуються слухачами під час проходження курсу, перевіряються на наявність плагіату за допомогою спеціалізованого програмного забезпечення </w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>UniCheck</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Perspectives</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E7D79">
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>edited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Sentance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Barendsen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, N. R. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Howard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Schulte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>рерайт</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>London</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...91 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Studopedia</w:t>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Bloomsbury</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004707AA">
-[...21 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="002F1DF1">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2023.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>312</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>p.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="007E4D08">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
           </w:rPr>
-          <w:t>http</w:t>
-[...145 lines deleted...]
-          <w:t>/</w:t>
+          <w:t>http://files.znu.edu.ua/files/Bibliobooks/Inshi78/0058692.pdf.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6031FDAB" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="0021546E">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00F722FA" w:rsidRPr="00464853" w:rsidRDefault="002124E6" w:rsidP="00F10944">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1001"/>
+          <w:tab w:val="left" w:pos="1003"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="151"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Informatics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F10944">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Europe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Eurydice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Report</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Culture</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Executive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Agency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Luxembourg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Publications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Union</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2022.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>p.</w:t>
+      </w:r>
+      <w:r w:rsidR="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>URL:</w:t>
+      </w:r>
+      <w:r w:rsidR="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00464853">
+          <w:rPr>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>http://files.znu.edu.ua/files/Bibliobooks/Inshi78/0058685.pdf.</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78DD7D7B" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="008757C1" w:rsidRDefault="00101043" w:rsidP="0031048A">
-      <w:pPr>
+    <w:p w:rsidR="00464853" w:rsidRPr="00464853" w:rsidRDefault="00464853" w:rsidP="00464853">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1000"/>
+          <w:tab w:val="left" w:pos="1003"/>
+          <w:tab w:val="left" w:pos="3387"/>
+          <w:tab w:val="left" w:pos="5633"/>
+          <w:tab w:val="left" w:pos="7662"/>
+          <w:tab w:val="left" w:pos="9479"/>
+        </w:tabs>
+        <w:ind w:right="246"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Thompson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Alfred</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Teacher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Electronic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Resource</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>] /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Alfred</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Thompson</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.  URL</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4D08">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464853">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>: https://blog.acthompson.net/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="002124E6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="317"/>
+        <w:ind w:left="3939"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Інформаційні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ресурси</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006316FF" w:rsidRPr="006316FF" w:rsidRDefault="006316FF" w:rsidP="00883057">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ДистОсвіта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - дистанційне навчання інформатики. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006316FF">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>https://dystosvita.org.ua/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="002B4375" w:rsidRDefault="002B4375" w:rsidP="00883057">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шкільні підручники онлайн. URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="002B4375">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>https://pidruchnyk.com.ua/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="002B4375" w:rsidRPr="002B4375" w:rsidRDefault="002B4375" w:rsidP="00883057">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4375">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал видавництва «Ранок». </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="002B4375">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>https://ranok-portal.com.ua/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="002B4375" w:rsidRPr="002B4375" w:rsidRDefault="002B4375" w:rsidP="00883057">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4375">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Портал видавництва «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B4375">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Formula</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B4375">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="002B4375">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>https://formula.education/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="002B4375" w:rsidRDefault="002B4375" w:rsidP="00883057">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B4375">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Портал Оновлена інформатика – ІТ-студії</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02878">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. URL</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02878" w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02878">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00A02878" w:rsidRPr="00A02878">
+          <w:rPr>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:t>https://it-osvita.diia.gov.ua/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00C0077A" w:rsidRDefault="00C0077A" w:rsidP="00C0077A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="710" w:hanging="355"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C0077A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>GDB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online debugger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006316FF">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C0077A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>https://www.onlinegdb.com/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F722FA" w:rsidRPr="00883057" w:rsidRDefault="00F722FA" w:rsidP="00666E88">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:ind w:left="713" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008757C1">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>Використання комп’ютерів/телефонів на занятті</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Регуляції і політики курсу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6423DB41" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="008757C1">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Відвідування занять. Регуляція пропусків.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відвідування усіх занять є обов’язковим. Студенти зобов’язані дотримуватися усіх строків, визначених для виконання усіх видів робіт, передбачених даною дисципліною. Пропуски та запізнення на заняття є недопустимими. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Політика академічної доброчесності</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кожний студент зобов’язаний дотримуватися принципів академічної доброчесності. Письмові завдання з використанням часткових або повнотекстових запозичень з інших робіт без зазначення авторства – це </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD7673">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>плагіат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Використання будь-якої інформації (текст, фото, ілюстрації тощо) мають бути правильно процитовані з посиланням на автора! Якщо ви не впевнені, що таке плагіат, фабрикація, фальсифікація, порадьтеся з викладачем. До студентів, у роботах яких буде виявлено списування, плагіат чи інші прояви недоброчесної поведінки можуть бути застосовані різні дисциплінарні заходи (див. посилання на Кодекс академічної доброчесності ЗНУ в додатку до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>силабусу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>). Неприпустиме складання роботи, виконаної іншою особою.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання комп’ютерів/телефонів на занятті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Використання мобільних телефонів, ноутбуків та інших гаджетів під час лекційних та лабораторних занять дозволяється виключно у навчальних цілях (з активованим режимом «без звуку»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комунікація</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Комунікація викладача зі студентами здійснюється безпосередньо на заняттях та додатково за допомогою месенджерів (наприклад, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), електронної пошти і в СЕЗН </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Moodle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (форум курсу, приватні повідомлення)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...8 lines deleted...]
-          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Визнання результатів неформальної та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>Під час виконання заходів контролю (поточних та підсумкового тестів) використання гаджетів заборонено. У разі порушення цієї заборони робота буде анульована без права перескладання.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інформальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освіти</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5019422F" w14:textId="77777777" w:rsidR="00101043" w:rsidRDefault="00101043" w:rsidP="008757C1">
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Здобувачі освіти мають право на визнання результатів навчання, отриманих поза межами формальної освітньої програми (неформальна та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інформальна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освіта). Результати можуть бути зараховані як виконання окремих тем, розділів, видів навчальних занять, завдань самостійної роботи, за умови їх відповідності програмним результатам навчання.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="740CE428" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00E42FA1" w:rsidRDefault="00101043" w:rsidP="0031048A">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Успішне проходження курсів на онлайн платформах (наприклад, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Prometheus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Coursera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>edX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Udemy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тощо), зміст яких корелює з тематикою дисципліни та вказаних в електронному курсі дисципліни в СЕЗН ЗНУ на платформі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Moodle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, може бути зараховано згідно з правилами визначеними в Положенні ЗНУ Про порядок визнання результатів навчання, здобутих шляхом неформальної та / або </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інформальної</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD7673">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> освіти (https://surl.li/gachqj).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRPr="00BD7673" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...610 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ДОДАТКОВА ІНФОРМАЦІЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГРАФІК ОСВІТНЬОГО ПРОЦЕСУ НА 2025-2026 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>н.р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>4</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доступний за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адресою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://surl.li/vlweoj</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41FE4BB1" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00287991" w:rsidRDefault="00101043" w:rsidP="00A90A11">
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53AA95B3" w14:textId="3D4A4301" w:rsidR="00101043" w:rsidRPr="00DB4651" w:rsidRDefault="00101043" w:rsidP="00A90A11">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НАВЧАННЯ ТА ЗАБЕЗПЕЧЕННЯ ЯКОСТІ ОСВІТИ. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перевірка набутих студентами знань, навичок та вмінь є невід’ємною складовою системи забезпечення якості освіти і проводиться відповідно до Положення про організацію та методику проведення поточного та підсумкового семестрового контролю навчання студентів Запорізького національного університету: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://surl.li/wdzjrl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОВТОРНЕ ВИВЧЕННЯ ДИСЦИПЛІН. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наявність академічної заборгованості до 6 навчальних дисциплін (у тому числі проходження практики чи виконання курсової роботи) за результатами однієї екзаменаційної сесії є підставою для надання студенту права на повторне вивчення зазначених навчальних дисциплін. Процедура повторного вивчення визначається </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Положенням  про порядок повторного вивчення навчальних дисциплін та повторного навчання у ЗНУ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://surl.lu/hfjbya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВИРІШЕННЯ КОНФЛІКТІВ. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок і процедури врегулювання конфліктів, пов’язаних із корупційними діями, зіткненням інтересів, різними формами дискримінації, сексуальними домаганнями, міжособистісними стосунками та іншими ситуаціями, що можуть виникнути під час навчання, регламентуються Положенням про порядок і процедури вирішення конфліктних ситуацій у ЗНУ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://surl.li/qgacqa </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конфліктні ситуації, що виникають у сфері стипендіального забезпечення здобувачів вищої освіти, вирішуються стипендіальними комісіями факультетів, коледжів та університету в межах їх повноважень, відповідно до: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положення про порядок призначення і виплати академічних стипендій у ЗНУ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://surl.li/unwzzm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положення про призначення та виплату соціальних стипендій у ЗНУ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://surl.lu/xkxmuz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПСИХОЛОГІЧНА ДОПОМОГА. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кабінет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">практичного психолога </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">н. р. (гіперпосилання на сторінку </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марті Ірини Вадимівни –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB4651">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>корп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. №4, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>каб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. №235 (понеділок, середа, четвер 9.00-11.00, 13.00-15.00), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>навч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>корп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. №9 (ІННІ) каб.57 (п’ятниця 9.00-11.00, 13.00-15.00), гуртожиток №6 (вул. Добролюбова, 19, середа 9.00-11.00, 13.00-15.00). Попередній запис за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>.: 228-76-48</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (099) 253-78-73 щоденно з 9 до 15.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.lm4elwkqcp0d" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УПОВНОВАЖЕНА ОСОБА З ПИТАНЬ ЗАПОБІГАННЯ ТА ВИЯВЛЕННЯ КОРУПЦІЇ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Запорізького національного університету: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Банах Віктор Аркадійович</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Електронна адреса: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:highlight w:val="white"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>v_banakh@znu.edu.ua</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гаряча лінія: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.  (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>061) 227-12-76, факс 227-12-88</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РІВНІ МОЖЛИВОСТІ ТА ІНКЛЮЗИВНЕ ОСВІТНЄ СЕРЕДОВИЩЕ. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центральні входи усіх навчальних корпусів ЗНУ обладнані пандусами для забезпечення доступу осіб з інвалідністю та інших маломобільних груп населення. Допомога для здійснення входу у разі потреби надається черговими охоронцями навчальних корпусів. Спеціалізована допомога: (061) 228-75-11 (начальник охорони).  Порядок супроводу (надання допомоги) осіб з інвалідністю та інших маломобільних </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">груп населення у ЗНУ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://surl.li/ivcwih </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="277CF5EB" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00E42FA1" w:rsidRDefault="00101043" w:rsidP="000363C2">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕСУРСИ ДЛЯ НАВЧАННЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:r w:rsidRPr="00BD3C37">
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НАУКОВА БІБЛІОТЕКА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="a4"/>
-[...1357 lines deleted...]
-            <w:lang w:val="uk-UA"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://library.znu.edu.ua</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...58 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Графік роботи абонементів: понеділок-п`ятниця з 08.00 до 16.00; вихідні дні: субота і неділя.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610EF1A3" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00287991" w:rsidRDefault="00101043" w:rsidP="008C552B">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1558E2BE" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="006F1B80" w:rsidRDefault="00101043" w:rsidP="008C552B">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СИСТЕМА ЕЛЕКТРОННОГО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-        <w:t>ЕЛЕКТРОННЕ ЗАБЕЗПЕЧЕННЯ НАВЧАННЯ (MOODLE): HTTPS://MOODLE.ZNU.EDU.UA</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАБЕЗПЕЧЕННЯ НАВЧАННЯ ЗАПОРІЗЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ  (СЕЗН ЗНУ): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://moodle.znu.edu.ua</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFF556A" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="008C552B" w:rsidRDefault="00101043" w:rsidP="008C552B">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...241 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...14 lines deleted...]
-        <w:t>: http://sites.znu.edu.ua/child-advance/</w:t>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посилання для відновлення паролю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://moodle.znu.edu.ua/mod/page/view.php?id=133015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD4C18C" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="008C552B" w:rsidRDefault="00101043" w:rsidP="008C552B">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...15 lines deleted...]
-      </w:r>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="00120675" w14:textId="77777777" w:rsidR="00101043" w:rsidRPr="00856B79" w:rsidRDefault="00101043" w:rsidP="00A90A11">
+    <w:p w:rsidR="00494A95" w:rsidRDefault="00494A95" w:rsidP="00494A95">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...24 lines deleted...]
-        <w:t>tp://sites.znu.edu.ua/confucius.</w:t>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕНТР ІНТЕНСИВНОГО ВИВЧЕННЯ ІНОЗЕМНИХ МОВ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:smallCaps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>http://sites.znu.edu.ua/child-advance/</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00101043" w:rsidRPr="00856B79" w:rsidSect="00287991">
+    <w:p w:rsidR="00F722FA" w:rsidRDefault="00F722FA" w:rsidP="00494A95">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="998"/>
+        </w:tabs>
+        <w:spacing w:before="4" w:line="322" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F722FA">
       <w:headerReference w:type="default" r:id="rId23"/>
-      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgSz w:w="11920" w:h="16850"/>
+      <w:pgMar w:top="1080" w:right="425" w:bottom="280" w:left="1133" w:header="137" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D3CB9B7" w14:textId="77777777" w:rsidR="00192FDD" w:rsidRDefault="00192FDD" w:rsidP="00CF2559">
+    <w:p w:rsidR="00980B34" w:rsidRDefault="00980B34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="725B363A" w14:textId="77777777" w:rsidR="00192FDD" w:rsidRDefault="00192FDD" w:rsidP="00CF2559">
+    <w:p w:rsidR="00980B34" w:rsidRDefault="00980B34">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...30 lines deleted...]
-    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Sylfaen">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="784079CD" w14:textId="77777777" w:rsidR="00192FDD" w:rsidRDefault="00192FDD" w:rsidP="00CF2559">
+    <w:p w:rsidR="00980B34" w:rsidRDefault="00980B34">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="414CC32E" w14:textId="77777777" w:rsidR="00192FDD" w:rsidRDefault="00192FDD" w:rsidP="00CF2559">
+    <w:p w:rsidR="00980B34" w:rsidRDefault="00980B34">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> знати студенту для успішного проходження курсу!</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="32096C55" w14:textId="77777777" w:rsidR="00E6610D" w:rsidRPr="006F1B80" w:rsidRDefault="00E6610D" w:rsidP="00CF2559">
+  <w:p w:rsidR="007A5B48" w:rsidRDefault="007A5B48">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a3"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-[...54 lines deleted...]
-        <w:lang w:val="uk-UA"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="ru-RU"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13D7B2F2" wp14:editId="0673009D">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486501888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53DD2921" wp14:editId="667FB386">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>5389245</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>6422135</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-325120</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>86867</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="530225" cy="553720"/>
+          <wp:extent cx="586739" cy="539496"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Рисунок 1"/>
+          <wp:docPr id="7" name="Image 5"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="5" name="Image 5"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="530225" cy="553720"/>
+                    <a:ext cx="586739" cy="539496"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:lang w:val="uk-UA"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t>___________________________________________________________________________</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="486502400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C170208" wp14:editId="29B5CB64">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2377567</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>203734</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3345815" cy="501015"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="Textbox 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3345815" cy="501015"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="007A5B48" w:rsidRDefault="007A5B48">
+                          <w:pPr>
+                            <w:spacing w:before="11" w:line="252" w:lineRule="exact"/>
+                            <w:ind w:left="6" w:right="6"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>ЗАПОРІЗЬКИЙ</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-13"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>НАЦІОНАЛЬНИЙ</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-11"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>УНІВЕРСИТЕТ</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="007A5B48" w:rsidRDefault="007A5B48">
+                          <w:pPr>
+                            <w:spacing w:line="252" w:lineRule="exact"/>
+                            <w:ind w:left="6"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>Силабус</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-4"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>навчальної</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>дисципліни</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="007A5B48" w:rsidRDefault="007A5B48">
+                          <w:pPr>
+                            <w:spacing w:line="252" w:lineRule="exact"/>
+                            <w:ind w:left="6" w:right="5"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:i/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:i/>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t>Методика позашкільної роботи з інформатики</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="007A5B48" w:rsidRDefault="007A5B48">
+                          <w:pPr>
+                            <w:spacing w:line="252" w:lineRule="exact"/>
+                            <w:ind w:left="6" w:right="5"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:i/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4C170208" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:187.2pt;margin-top:16.05pt;width:263.45pt;height:39.45pt;z-index:-16814080;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbe8dzpwEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6L07aJSiMOEW3YsOA&#10;YhvQ9gNkWYqNWaJGKrHz96NkJy2229CLRElPj3yP3N6OrhdHg9SBr+RqsZTCeA1N5/eVfH768uFG&#10;CorKN6oHbyp5MiRvd+/fbYdQmitooW8MCibxVA6hkm2MoSwK0q1xihYQjOdHC+hU5CPuiwbVwOyu&#10;L66Wy00xADYBQRsivr2fHuUu81trdPxhLZko+kpybTGvmNc6rcVuq8o9qtB2ei5D/UcVTnWek16o&#10;7lVU4oDdP1Su0wgENi40uAKs7bTJGljNavmXmsdWBZO1sDkULjbR29Hq78efKLqmkhspvHLcoicz&#10;xhpGsUnmDIFKxjwGRsXxE4zc5CyUwgPoX8SQ4hVm+kCMTmaMFl3aWabgj+z/6eI5JxGaL6+vP65v&#10;VmspNL+t2QOOE+nL74AUvxpwIgWVRO5prkAdHyhO0DNkLmbKn8qKYz3OKmpoTixi4F5Xkn4fFBop&#10;+m+ezUyDcQ7wHNTnAGP/GfL4JC0e7g4RbJczpxQT75yZu5RrnycqjcHrc0a9zP3uDwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAJWnFrvfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4syTYNVppOE4IT0kRXDhzTJmujNU5psq28Pd4Jbrb86ff355vJ9+xsx+gCKpAzAcxiE4zDVsFn&#10;9fbwBCwmjUb3Aa2CHxthU9ze5Doz4YKlPe9TyygEY6YVdCkNGeex6azXcRYGi3Q7hNHrROvYcjPq&#10;C4X7ns+FWHGvHdKHTg/2pbPNcX/yCrZfWL667139UR5KV1Vrge+ro1L3d9P2GViyU/qD4apP6lCQ&#10;Ux1OaCLrFSwel0tCaZhLYASshVwAq4mUUgAvcv6/QvELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAm3vHc6cBAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAlacWu98AAAAKAQAADwAAAAAAAAAAAAAAAAABBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00F115A3" w:rsidRDefault="00F115A3">
+                    <w:pPr>
+                      <w:spacing w:before="11" w:line="252" w:lineRule="exact"/>
+                      <w:ind w:left="6" w:right="6"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:t>ЗАПОРІЗЬКИЙ</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-13"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:t>НАЦІОНАЛЬНИЙ</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-11"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>УНІВЕРСИТЕТ</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00F115A3" w:rsidRDefault="00F115A3">
+                    <w:pPr>
+                      <w:spacing w:line="252" w:lineRule="exact"/>
+                      <w:ind w:left="6"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>Силабус</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-4"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>навчальної</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>дисципліни</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00F115A3" w:rsidRDefault="00F115A3">
+                    <w:pPr>
+                      <w:spacing w:line="252" w:lineRule="exact"/>
+                      <w:ind w:left="6" w:right="5"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:i/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:i/>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t>Методика позашкільної роботи з інформатики</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00F115A3" w:rsidRDefault="00F115A3">
+                    <w:pPr>
+                      <w:spacing w:line="252" w:lineRule="exact"/>
+                      <w:ind w:left="6" w:right="5"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:i/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00000003"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="033B2A8C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15CCB57E"/>
+    <w:lvl w:ilvl="0" w:tplc="5AE45B68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="173" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="95"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="252C6610">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="629" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F65CBF86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1078" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FDE00122">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F0104078">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1976" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AF1090FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2425" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="33AC9B98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2874" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9CAE511A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3323" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABD81188">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3772" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="041B2CDC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0E344270"/>
+    <w:lvl w:ilvl="0" w:tplc="0CF4548C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="07520DF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1935" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DDD00362">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2870" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="38BAAFA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3805" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E7485710">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4741" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="916A3DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5676" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AE8A8C90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0860863E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7547" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8DAEBE0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8482" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05DC703E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="063F61B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0E344270"/>
+    <w:lvl w:ilvl="0" w:tplc="0CF4548C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1001" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="07520DF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1935" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DDD00362">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2870" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="38BAAFA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3805" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E7485710">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4741" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="916A3DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5676" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AE8A8C90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0860863E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7547" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8DAEBE0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8482" w:hanging="358"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09C33A55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D14BD26"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
-[...133 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...710 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="23D9634C"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B2C57AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DB48DD8E"/>
-    <w:lvl w:ilvl="0" w:tplc="CC6CC7B4">
+    <w:tmpl w:val="7E8E885C"/>
+    <w:lvl w:ilvl="0" w:tplc="948E9626">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="3536" w:hanging="284"/>
+        <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1" w:tplc="9BAA6BA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4221" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
-[...8 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+    <w:lvl w:ilvl="2" w:tplc="3F9243C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4902" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FC422A56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5583" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AA5E7E4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6265" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="049E9520">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6946" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C484B54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7627" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67A4748C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8309" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7F542154">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8990" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D482270"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="467" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
-[...8 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AAE3702"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="467" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24395052"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="457028B4"/>
+    <w:lvl w:ilvl="0" w:tplc="DCE0228C">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9C587B50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1292" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4E02F9BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2227" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC76F81E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3162" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527B24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4098" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8AD8F6E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5033" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1D1C2134">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="271E1632">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6904" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CF5CA3F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7839" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25FC7CE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C72466D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1682E082"/>
+    <w:lvl w:ilvl="0" w:tplc="5D5AA314">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DB1EA908">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="07F6EA42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7A06BA86">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="40D8F13A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C4581576">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D6609EA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F0EAFB0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CE0C1A2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30D52935"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CD93C0C"/>
-[...227 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33EC2464"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C7AB778"/>
     <w:lvl w:ilvl="0" w:tplc="1F381620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2498"/>
         </w:tabs>
         <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25422,451 +31277,172 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6469"/>
         </w:tabs>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7189"/>
         </w:tabs>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A13185F"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EA043CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="378E9EB0"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="0CCAEAE6"/>
+    <w:lvl w:ilvl="0" w:tplc="35509188">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="710" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1" w:tplc="746CD778">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1683" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+    <w:lvl w:ilvl="2" w:tplc="BBFEB640">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2646" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="3CA036FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3609" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="689A6EE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4573" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+    <w:lvl w:ilvl="5" w:tplc="E4506386">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="6" w:tplc="A744540C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6499" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="7" w:tplc="E20446AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7463" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+    <w:lvl w:ilvl="8" w:tplc="0A12D850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8426" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...286 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4297508C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="571C3B54"/>
     <w:lvl w:ilvl="0" w:tplc="86FAC3B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -25936,1737 +31512,1852 @@
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4B7A4BAB"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D2956A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="289AFB1C"/>
-    <w:lvl w:ilvl="0" w:tplc="FBA0E750">
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="6" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="467" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1401" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1868" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2802" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3269" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B">
-[...5 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5CC548B4"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D4F0EC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F0080624"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E314BAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E30CD14C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...224 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1506" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2226" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2946" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3666" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4386" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5106" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5826" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6546" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6FA71A4C"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F2423C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E6481CFE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="6" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="467" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="934" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61B94A7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2354ADE0"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...78 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E0A2A3A"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B672327"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="38DE0EA4"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="A7F4CEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8958843C">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="95"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6CD4A2B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1260" w:hanging="360"/>
+        <w:ind w:left="467" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="EE8C25D2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="934" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="36969BAA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1401" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="43D264B8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1868" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="851A96BC">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2335" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="15A83726">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="2802" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="37B0AA72">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="3269" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="5D4EFC9E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3736" w:hanging="167"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72AE5A92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BD2E1CD8"/>
+    <w:lvl w:ilvl="0" w:tplc="F298676C">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="421" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="17EC00A8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="845" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="831C4DC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1270" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BC326E7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1695" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F200A9F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5AC6CCFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2545" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C6E04A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2970" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F7285D88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3395" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="963ADB92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77055916"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD30BB4A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AA44775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A2A68"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0EA6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="87"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65C6D66A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3F2E2812">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B11E3BD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A98CD98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DE9C8C2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4D8384C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2A008D68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B786836">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="245"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D3077DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0246048"/>
+    <w:lvl w:ilvl="0" w:tplc="10420AE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="96"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DE4822C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5260B532">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="934" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E1F0571A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1401" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1BD2CDB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BA0CE9B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2335" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B866935E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2802" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FB30F652">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3269" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A0A83F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3736" w:hanging="167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4">
-[...5 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="17"/>
-  </w:num>
-[...58 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:doNotHyphenateCaps/>
-[...3 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00844E18"/>
-[...495 lines deleted...]
-    <w:rsid w:val="00FF460A"/>
+    <w:rsidRoot w:val="00F722FA"/>
+    <w:rsid w:val="00000A4D"/>
+    <w:rsid w:val="0000711D"/>
+    <w:rsid w:val="0001219A"/>
+    <w:rsid w:val="00014B10"/>
+    <w:rsid w:val="000162D9"/>
+    <w:rsid w:val="0003106A"/>
+    <w:rsid w:val="000330F1"/>
+    <w:rsid w:val="00053438"/>
+    <w:rsid w:val="00055DA4"/>
+    <w:rsid w:val="00064C70"/>
+    <w:rsid w:val="00072927"/>
+    <w:rsid w:val="00093916"/>
+    <w:rsid w:val="000B22D2"/>
+    <w:rsid w:val="000D30D0"/>
+    <w:rsid w:val="000D607E"/>
+    <w:rsid w:val="000E39C9"/>
+    <w:rsid w:val="000F12BB"/>
+    <w:rsid w:val="0011024F"/>
+    <w:rsid w:val="001114C5"/>
+    <w:rsid w:val="001254DE"/>
+    <w:rsid w:val="00131CAD"/>
+    <w:rsid w:val="001439A0"/>
+    <w:rsid w:val="00150798"/>
+    <w:rsid w:val="00151604"/>
+    <w:rsid w:val="00154A2B"/>
+    <w:rsid w:val="00164B79"/>
+    <w:rsid w:val="00173269"/>
+    <w:rsid w:val="00175BB8"/>
+    <w:rsid w:val="00176FAC"/>
+    <w:rsid w:val="001A0E4E"/>
+    <w:rsid w:val="001A4FEA"/>
+    <w:rsid w:val="001B229D"/>
+    <w:rsid w:val="001E669D"/>
+    <w:rsid w:val="00205914"/>
+    <w:rsid w:val="00207402"/>
+    <w:rsid w:val="002124E6"/>
+    <w:rsid w:val="00213A5C"/>
+    <w:rsid w:val="00215EB4"/>
+    <w:rsid w:val="0022583A"/>
+    <w:rsid w:val="002260AE"/>
+    <w:rsid w:val="002341AB"/>
+    <w:rsid w:val="002372CF"/>
+    <w:rsid w:val="00277AD3"/>
+    <w:rsid w:val="00281C8D"/>
+    <w:rsid w:val="00287FE1"/>
+    <w:rsid w:val="002A0CEF"/>
+    <w:rsid w:val="002A3FB6"/>
+    <w:rsid w:val="002A7653"/>
+    <w:rsid w:val="002B4375"/>
+    <w:rsid w:val="002C09D1"/>
+    <w:rsid w:val="002C3DE1"/>
+    <w:rsid w:val="002D1A7E"/>
+    <w:rsid w:val="002E1D19"/>
+    <w:rsid w:val="00353799"/>
+    <w:rsid w:val="0036246C"/>
+    <w:rsid w:val="003921EA"/>
+    <w:rsid w:val="0039377B"/>
+    <w:rsid w:val="003A3A1F"/>
+    <w:rsid w:val="003A51C0"/>
+    <w:rsid w:val="003B4B04"/>
+    <w:rsid w:val="003D145B"/>
+    <w:rsid w:val="003E2311"/>
+    <w:rsid w:val="003E3ABE"/>
+    <w:rsid w:val="003F357F"/>
+    <w:rsid w:val="00400591"/>
+    <w:rsid w:val="004119F3"/>
+    <w:rsid w:val="0041254E"/>
+    <w:rsid w:val="00420BA0"/>
+    <w:rsid w:val="00424F0A"/>
+    <w:rsid w:val="00431B60"/>
+    <w:rsid w:val="00434F96"/>
+    <w:rsid w:val="00453F21"/>
+    <w:rsid w:val="00456E06"/>
+    <w:rsid w:val="00457CD5"/>
+    <w:rsid w:val="00464853"/>
+    <w:rsid w:val="00494A95"/>
+    <w:rsid w:val="004C12BD"/>
+    <w:rsid w:val="00502858"/>
+    <w:rsid w:val="00502D49"/>
+    <w:rsid w:val="00522598"/>
+    <w:rsid w:val="00565BB5"/>
+    <w:rsid w:val="00576559"/>
+    <w:rsid w:val="00595145"/>
+    <w:rsid w:val="0059548A"/>
+    <w:rsid w:val="005A6933"/>
+    <w:rsid w:val="005E0CA1"/>
+    <w:rsid w:val="00601F06"/>
+    <w:rsid w:val="006218D8"/>
+    <w:rsid w:val="0063153E"/>
+    <w:rsid w:val="006316FF"/>
+    <w:rsid w:val="00637483"/>
+    <w:rsid w:val="00650103"/>
+    <w:rsid w:val="006509D7"/>
+    <w:rsid w:val="00666E88"/>
+    <w:rsid w:val="00675D81"/>
+    <w:rsid w:val="0067705F"/>
+    <w:rsid w:val="006778F3"/>
+    <w:rsid w:val="00693AF0"/>
+    <w:rsid w:val="006A284F"/>
+    <w:rsid w:val="006A2D32"/>
+    <w:rsid w:val="006C1EB4"/>
+    <w:rsid w:val="006C6E6C"/>
+    <w:rsid w:val="006C6E84"/>
+    <w:rsid w:val="006E04C7"/>
+    <w:rsid w:val="006E4FB0"/>
+    <w:rsid w:val="006F2D60"/>
+    <w:rsid w:val="00700C5A"/>
+    <w:rsid w:val="00700FE9"/>
+    <w:rsid w:val="00723615"/>
+    <w:rsid w:val="007401F6"/>
+    <w:rsid w:val="00741A02"/>
+    <w:rsid w:val="00752421"/>
+    <w:rsid w:val="007529D9"/>
+    <w:rsid w:val="00754A59"/>
+    <w:rsid w:val="007568B9"/>
+    <w:rsid w:val="00776BD7"/>
+    <w:rsid w:val="007A4A79"/>
+    <w:rsid w:val="007A5B48"/>
+    <w:rsid w:val="007B61BB"/>
+    <w:rsid w:val="007C1103"/>
+    <w:rsid w:val="007C14F9"/>
+    <w:rsid w:val="007C6C80"/>
+    <w:rsid w:val="007D0E8A"/>
+    <w:rsid w:val="007E1B74"/>
+    <w:rsid w:val="007E4D08"/>
+    <w:rsid w:val="00804FF6"/>
+    <w:rsid w:val="008431E8"/>
+    <w:rsid w:val="00844855"/>
+    <w:rsid w:val="008466CD"/>
+    <w:rsid w:val="00847134"/>
+    <w:rsid w:val="0085226D"/>
+    <w:rsid w:val="00874B3D"/>
+    <w:rsid w:val="00883057"/>
+    <w:rsid w:val="00886CCD"/>
+    <w:rsid w:val="008A205E"/>
+    <w:rsid w:val="008A5F03"/>
+    <w:rsid w:val="008B656D"/>
+    <w:rsid w:val="008C31A3"/>
+    <w:rsid w:val="008D7CE4"/>
+    <w:rsid w:val="00921EE3"/>
+    <w:rsid w:val="009454AA"/>
+    <w:rsid w:val="0096464D"/>
+    <w:rsid w:val="00980B34"/>
+    <w:rsid w:val="0098218E"/>
+    <w:rsid w:val="0098775E"/>
+    <w:rsid w:val="009B1806"/>
+    <w:rsid w:val="009C7351"/>
+    <w:rsid w:val="009D291B"/>
+    <w:rsid w:val="009D7DC3"/>
+    <w:rsid w:val="00A02878"/>
+    <w:rsid w:val="00A02924"/>
+    <w:rsid w:val="00A22B2F"/>
+    <w:rsid w:val="00A22D44"/>
+    <w:rsid w:val="00A3189E"/>
+    <w:rsid w:val="00A31F3A"/>
+    <w:rsid w:val="00A60FFC"/>
+    <w:rsid w:val="00A708DA"/>
+    <w:rsid w:val="00A7175D"/>
+    <w:rsid w:val="00A84F19"/>
+    <w:rsid w:val="00AA1431"/>
+    <w:rsid w:val="00AB4BA4"/>
+    <w:rsid w:val="00AB5880"/>
+    <w:rsid w:val="00AC3A68"/>
+    <w:rsid w:val="00AC7B9E"/>
+    <w:rsid w:val="00AD1A4A"/>
+    <w:rsid w:val="00AD3269"/>
+    <w:rsid w:val="00AD49D4"/>
+    <w:rsid w:val="00AE4050"/>
+    <w:rsid w:val="00B53D81"/>
+    <w:rsid w:val="00B606F0"/>
+    <w:rsid w:val="00B751F4"/>
+    <w:rsid w:val="00B90F05"/>
+    <w:rsid w:val="00BB1C08"/>
+    <w:rsid w:val="00BB6444"/>
+    <w:rsid w:val="00BB72B3"/>
+    <w:rsid w:val="00BC256A"/>
+    <w:rsid w:val="00BE0344"/>
+    <w:rsid w:val="00C0077A"/>
+    <w:rsid w:val="00C11571"/>
+    <w:rsid w:val="00C30895"/>
+    <w:rsid w:val="00C3217F"/>
+    <w:rsid w:val="00C34CAA"/>
+    <w:rsid w:val="00C37247"/>
+    <w:rsid w:val="00C4335A"/>
+    <w:rsid w:val="00C474A7"/>
+    <w:rsid w:val="00C505C9"/>
+    <w:rsid w:val="00C66F2B"/>
+    <w:rsid w:val="00C91857"/>
+    <w:rsid w:val="00C93338"/>
+    <w:rsid w:val="00CA52AE"/>
+    <w:rsid w:val="00CB5DA1"/>
+    <w:rsid w:val="00CC2E58"/>
+    <w:rsid w:val="00CF2430"/>
+    <w:rsid w:val="00CF406A"/>
+    <w:rsid w:val="00D0066C"/>
+    <w:rsid w:val="00D01704"/>
+    <w:rsid w:val="00D11E47"/>
+    <w:rsid w:val="00D1480C"/>
+    <w:rsid w:val="00D33FF6"/>
+    <w:rsid w:val="00D348FD"/>
+    <w:rsid w:val="00D34C3E"/>
+    <w:rsid w:val="00D47190"/>
+    <w:rsid w:val="00D51C67"/>
+    <w:rsid w:val="00D6604A"/>
+    <w:rsid w:val="00D737A6"/>
+    <w:rsid w:val="00D744DB"/>
+    <w:rsid w:val="00D96A34"/>
+    <w:rsid w:val="00DA1346"/>
+    <w:rsid w:val="00DA5398"/>
+    <w:rsid w:val="00DA5EB5"/>
+    <w:rsid w:val="00DD5876"/>
+    <w:rsid w:val="00DE5030"/>
+    <w:rsid w:val="00DE6A84"/>
+    <w:rsid w:val="00DF33B7"/>
+    <w:rsid w:val="00E04B70"/>
+    <w:rsid w:val="00E10D22"/>
+    <w:rsid w:val="00E14663"/>
+    <w:rsid w:val="00E30F07"/>
+    <w:rsid w:val="00E33D9D"/>
+    <w:rsid w:val="00E5725E"/>
+    <w:rsid w:val="00E62176"/>
+    <w:rsid w:val="00E73971"/>
+    <w:rsid w:val="00E770E5"/>
+    <w:rsid w:val="00E91051"/>
+    <w:rsid w:val="00EB54F3"/>
+    <w:rsid w:val="00ED0AC5"/>
+    <w:rsid w:val="00EF5B2B"/>
+    <w:rsid w:val="00F03FEF"/>
+    <w:rsid w:val="00F04358"/>
+    <w:rsid w:val="00F10944"/>
+    <w:rsid w:val="00F115A3"/>
+    <w:rsid w:val="00F239E0"/>
+    <w:rsid w:val="00F328A6"/>
+    <w:rsid w:val="00F479A6"/>
+    <w:rsid w:val="00F572F2"/>
+    <w:rsid w:val="00F6512A"/>
+    <w:rsid w:val="00F722FA"/>
+    <w:rsid w:val="00F9007C"/>
+    <w:rsid w:val="00FB6776"/>
+    <w:rsid w:val="00FD1FBF"/>
+    <w:rsid w:val="00FE1A8E"/>
+    <w:rsid w:val="00FF4535"/>
+    <w:rsid w:val="00FF607C"/>
+    <w:rsid w:val="00FF772D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-[...3 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="60A1490F"/>
-  <w15:docId w15:val="{868EA0EF-B1B8-4221-AE55-D01880E7A959}"/>
+  <w14:docId w14:val="16CD0084"/>
+  <w15:docId w15:val="{FD9A2F60-88AF-4DBA-941C-007E7BFB5AF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-[...59 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...91 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -27821,1263 +33512,632 @@
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009738C7"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="10"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00844E18"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:left="641"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...2 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00577A1B"/>
+    <w:rsid w:val="006C6E84"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
-      <w:color w:val="365F91"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-      <w:lang w:val="ru-RU"/>
-[...41 lines deleted...]
-      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00577A1B"/>
+    <w:rsid w:val="008A5F03"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
-[...21 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="00844E18"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...75 lines deleted...]
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00844E18"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:left="1930" w:right="1799"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
-[...11 lines deleted...]
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00583E5E"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:ind w:left="1003" w:hanging="360"/>
+      <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-    <w:name w:val="s1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="6"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00933144"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E4FB0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6">
-[...16 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="dont-break-out">
+    <w:name w:val="dont-break-out"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006316FF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="008F60F8"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D291B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009D291B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
-[...2 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...1 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F60F8"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D291B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009D291B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...7 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vuuxrf">
+    <w:name w:val="vuuxrf"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A02878"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...249 lines deleted...]
-    <w:name w:val="Неразрешенное упоминание2"/>
+  <w:style w:type="character" w:styleId="HTML">
+    <w:name w:val="HTML Cite"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F7416"/>
+    <w:rsid w:val="00A02878"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af6">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ylgvce">
+    <w:name w:val="ylgvce"/>
     <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A02878"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00464876"/>
+    <w:rsid w:val="008A5F03"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="uk-UA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C6E84"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="112485144">
+    <w:div w:id="990792530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1121220970">
+    <w:div w:id="1076393867">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1121220971">
+    <w:div w:id="1195539861">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2137603008">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1414426658">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="302001941">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="738290846">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="521943428">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1328703189">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1121220972">
+    <w:div w:id="1377318967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1290820063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1355502930">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="655569632">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1328433896">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="412090823">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1923374196">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1121220978">
+    <w:div w:id="2053337760">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1121220973">
-          <w:marLeft w:val="-115"/>
+        <w:div w:id="1471441704">
+          <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-        </w:div>
-[...358 lines deleted...]
-          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="266697432">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1888031552">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1516730926">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="520356900">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1121220982">
-[...142 lines deleted...]
-    </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/course/view.php?id=15" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y6wzzlu3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ycyfws9v" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ydhcsagx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ya6yk4ad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y8gbt4xs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/ycds57la" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9r5dpwh" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jstor.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9pkmmp5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbuv.gov.ua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/yd6bq6p9" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/course/view.php?id=15" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tinyurl.com/y9tve4lk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.znu.edu.ua" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://files.znu.edu.ua/files/Bibliobooks/Inshi78/0058685.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://it-osvita.diia.gov.ua/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://library.znu.edu.ua/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://files.znu.edu.ua/files/Bibliobooks/Inshi78/0058692.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formula.education/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ranok-portal.com.ua/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v_banakh@znu.edu.ua" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zimmermanga.zp@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pidruchnyk.com.ua/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.znu.edu.ua/navchalnyj_viddil/normatyvna_basa/polozhennya_pro_poryadok_povtornogo_vivchennya_navchal__nikh_distsipl__n_ta_povtornogo_navchannya_u_znu.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dystosvita.org.ua/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moodle.znu.edu.ua/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -29319,88 +34379,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>7990</Characters>
+  <Pages>20</Pages>
+  <Words>26218</Words>
+  <Characters>14945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>ІСТОРІЯ ЗАРУБІЖНОЇ ЛІТЕРАТУРИ ІІ ПОЛОВИНИ ХІХ СТ</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21963</CharactersWithSpaces>
+  <CharactersWithSpaces>41081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ІСТОРІЯ ЗАРУБІЖНОЇ ЛІТЕРАТУРИ ІІ ПОЛОВИНИ ХІХ СТ</dc:title>
-  <dc:creator>cheryl reed</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-02-21T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-10-07T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+</Properties>
+</file>