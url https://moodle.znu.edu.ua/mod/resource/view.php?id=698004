--- v0 (2025-12-15)
+++ v1 (2026-03-23)
@@ -1,406 +1,2972 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="005D011A" w:rsidRPr="00791CAE" w:rsidRDefault="00791CAE" w:rsidP="005D011A">
+    <w:p w:rsidR="005D011A" w:rsidRPr="004D2443" w:rsidRDefault="00791CAE" w:rsidP="005D011A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00791CAE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Практичне  заняття №4</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00791CAE">
+        <w:t>Практичне  заняття №</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00791CAE">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2443" w:rsidRPr="004D2443" w:rsidRDefault="004D2443" w:rsidP="009C6F89">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>:</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таксономія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Блума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вчанні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іноземних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D011A" w:rsidRPr="00791CAE" w:rsidRDefault="005D011A" w:rsidP="005D011A">
+    <w:p w:rsidR="005D011A" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="005D011A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E1BD2" w:rsidRPr="00791CAE" w:rsidRDefault="001E1BD2" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="001E1BD2" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Структура, специфіка та проблематика цілей навчання.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D011A" w:rsidRPr="00791CAE" w:rsidRDefault="005D011A" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначення Таксономії </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Блума</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Основні рівні когнітивних процесів: Знання, Розуміння, Застосування, Аналіз, Синтез, Оцінювання. Різні версії Таксономії </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еволюція</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та структура </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таксономії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Блума</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00791CAE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контексті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мовної </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>освіти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ласична</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1956) та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оновлена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2001) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таксономія</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Андерсона та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кратволя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D011A" w:rsidRPr="00791CAE" w:rsidRDefault="005D011A" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D2443" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Критерії оцінювання для кожного рівня. </w:t>
+        <w:t xml:space="preserve">Основні рівні когнітивних процесів: Знання, Розуміння, Застосування, Аналіз, Синтез, Оцінювання. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когнітивні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>запам’ятовування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нижній</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядок — LOTS) до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>творення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вищий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядок — HOTS).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00791CAE" w:rsidRDefault="005D011A" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00791CAE">
+      <w:r w:rsidRPr="004D2443">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Використання Таксономії </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> (обов’язково для виконання кожному студенту. Тема, рівень навчання та вид діяльності – на вибір студента).</w:t>
+        <w:t xml:space="preserve">Критерії оцінювання для кожного рівня. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нижчих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тести </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>множинного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вибору</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диктанти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вправи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>відповідність</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2443" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вищих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дебати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рольові</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проєктні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>роботи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>написання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>критичних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>відгуків</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2443" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Використання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрових</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інструментів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Quizizz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Padlet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Canva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>різних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таксономії</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D7961" w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00791CAE" w:rsidRPr="00791CAE" w:rsidRDefault="00791CAE" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D2443" w:rsidRPr="004D2443" w:rsidRDefault="004D7961" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="436"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Принципи відбору та адаптації матеріалів для уроків. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Специфіка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>застосування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Блума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чотирьох</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мовленнєвої</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>діяльності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Listening</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Reading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Speaking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00791CAE" w:rsidRPr="00791CAE" w:rsidRDefault="00791CAE" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D2443" w:rsidRPr="004D2443" w:rsidRDefault="004D2443" w:rsidP="004D2443">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="436"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формативне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сумативне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зворотний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зв'язок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фідбеку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стимулюванні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> критичного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мислення</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Розробка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>критеріїв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Rubrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>складних</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мовленнєвих</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>завдань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Evaluate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Create</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самооцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>взаємооцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Peer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інструменти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>метакогнітивного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>розвитку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="004D7961" w:rsidP="004D2443">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Практичний</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воркшоп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проєктування</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>навчального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D2443">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модуля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D7961" w:rsidRDefault="004D7961" w:rsidP="004D7961">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Робота в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>групах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>розробка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послідовності</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>завдань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>автентичного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тексту (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стаття</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>відео</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>що</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>охоплюють</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>усі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рівнів</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Блума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D7961" w:rsidRDefault="004D7961" w:rsidP="004D7961">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Презентація</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>системи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оцінювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>розробленого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модуля: як </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>виміряти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>успіх</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> студента на кожному </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етапі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D7961">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="004D7961" w:rsidP="004D2443">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D011A" w:rsidRPr="001E1BD2" w:rsidRDefault="005D011A" w:rsidP="00791CAE">
+    <w:p w:rsidR="004D7961" w:rsidRPr="004D2443" w:rsidRDefault="004D7961" w:rsidP="004D7961">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D011A" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="00791CAE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:hanging="436"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D011A" w:rsidRPr="001E1BD2" w:rsidRDefault="005D011A" w:rsidP="005D011A">
+    <w:p w:rsidR="005D011A" w:rsidRPr="004D2443" w:rsidRDefault="005D011A" w:rsidP="005D011A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D011A" w:rsidRPr="001E1BD2">
+    <w:sectPr w:rsidR="005D011A" w:rsidRPr="004D2443">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10AD61CD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62D03412"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C720A66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62B09A40"/>
     <w:lvl w:ilvl="0" w:tplc="364C86C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -446,75 +3012,843 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CD87C35"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BB5C3608"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53AF2EED"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C522B62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="692467E1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ECD0AE14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70AD6A28"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="79F04ED4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B0B32F4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D74C16B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D011A"/>
     <w:rsid w:val="001E1BD2"/>
     <w:rsid w:val="00342822"/>
+    <w:rsid w:val="004D2443"/>
+    <w:rsid w:val="004D7961"/>
     <w:rsid w:val="005D011A"/>
     <w:rsid w:val="00791CAE"/>
+    <w:rsid w:val="009C6F89"/>
+    <w:rsid w:val="00A56F93"/>
+    <w:rsid w:val="00B14A00"/>
     <w:rsid w:val="00B70204"/>
     <w:rsid w:val="00F74022"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -899,95 +4233,195 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D7961"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D7961"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005D011A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004D7961"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004D7961"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D7961"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="150295334">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="591402340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1232,69 +4666,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>96</Words>
-  <Characters>548</Characters>
+  <Words>227</Words>
+  <Characters>1295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>643</CharactersWithSpaces>
+  <CharactersWithSpaces>1519</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Наталья</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>