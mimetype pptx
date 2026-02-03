--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -177,63 +177,63 @@
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="87" d="100"/>
           <a:sy n="87" d="100"/>
         </p:scale>
-        <p:origin x="-1253" y="5"/>
+        <p:origin x="-1253" y="149"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -301,51 +301,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F5ACBFF1-827B-47DD-9D5B-575F1807755E}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -931,51 +931,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1098,51 +1098,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1275,51 +1275,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1442,51 +1442,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1685,51 +1685,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1970,51 +1970,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2389,51 +2389,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2504,51 +2504,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2596,51 +2596,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2870,51 +2870,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3120,51 +3120,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3334,51 +3334,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>13.09.2024</a:t>
+              <a:t>24.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5968,56 +5968,52 @@
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2421</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> зразків гороху, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2046</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> зразків </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
-              <a:t>, </a:t>
+              <a:t>сої, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2054</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> зразків квасолі, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>1770</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
@@ -6040,56 +6036,56 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>1014</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> зразків сочевиці, активно використовується при створенні нових високопродуктивних, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
               <a:t>конкурентоспособних</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> сортів зернобобових культур. За останні роки при створенні нових перспективних сортів </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
               <a:t>украінськими</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> селекціонерами були використані 26 зразків гороху, 20 — </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
-              <a:t>, 6 — квасолі, 5 — </a:t>
+              <a:t>сої, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
+              <a:t>6 — квасолі, 5 — </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" err="1" smtClean="0"/>
               <a:t>нута</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" dirty="0" smtClean="0"/>
               <a:t> та 9 зразків сочевиці. </a:t>
             </a:r>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="27650" name="Picture 2" descr="http://www.rastenievodstvo.com/files/images/goroh.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:srcRect/>
           <a:stretch>
@@ -6217,56 +6213,56 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="214282" y="285728"/>
             <a:ext cx="3857652" cy="2928958"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
               <a:t>На сьогодні у світі існує біля 1400 банків насіння. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" err="1" smtClean="0"/>
               <a:t>Найграндіозніший</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
               <a:t> проект – нове </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="2000" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
-              <a:t>  всесвітнє сховище насіння.</a:t>
+              <a:t>всесвітнє </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>сховище насіння.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="uk-UA" sz="2000" dirty="0" smtClean="0"/>
               <a:t>У світових колекціях насіння тривалий час при постійних умовах зберігаються мільйони самого різноманітного насіння.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Місце для вмісту 4" descr="Seed-Vault_018.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
@@ -6464,76 +6460,50 @@
                       <a:alpha val="70000"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>у збереженні рослин</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4800" dirty="0">
               <a:ln w="18415" cmpd="sng">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="63500" dir="3600000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="000000">
                     <a:alpha val="70000"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
-          </a:p>
-[...24 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
@@ -6940,118 +6910,118 @@
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Айлант </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>височайший</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> - </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ailanthus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>altissima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ailanthus</a:t>
+              <a:t>Елодея</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>altissima</a:t>
-[...12 lines deleted...]
-              <a:t>Елодея</a:t>
+              <a:t>канадська</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Elodea</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>канадська</a:t>
-[...22 lines deleted...]
-              </a:rPr>
               <a:t>canadensis</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="3100" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8195" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2857496"/>
             <a:ext cx="4038600" cy="3268667"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -7198,78 +7168,78 @@
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="uk-UA" sz="3600" dirty="0" smtClean="0"/>
               <a:t>Білка </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3600" dirty="0" err="1" smtClean="0"/>
               <a:t>телеутка</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="3600" dirty="0" smtClean="0"/>
               <a:t>, або білка сибірська (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" err="1" smtClean="0"/>
               <a:t>Sciurus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" err="1" smtClean="0"/>
               <a:t>vulgaris</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" err="1" smtClean="0"/>
               <a:t>exalbidus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="3600" i="1" dirty="0" smtClean="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="4000" i="1" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="4000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="ru-RU" sz="4000" i="1" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13315" name="Picture 6" descr="729px-MattiParkkonen_Orava"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1285851" y="1670340"/>
             <a:ext cx="7143773" cy="5047960"/>
           </a:xfrm>
@@ -7307,63 +7277,63 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18436" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="4000" dirty="0" smtClean="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="4000" i="1" dirty="0" err="1" smtClean="0"/>
               <a:t>Cervus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" dirty="0" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="4000" i="1" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="uk-UA" sz="4000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="uk-UA" sz="4000" i="1" dirty="0" err="1" smtClean="0"/>
               <a:t>elaphus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="uk-UA" sz="4000" dirty="0" smtClean="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4000" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9219" name="Picture 6" descr="800px-Dortmund-Zoo-IMG_5518-a"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
@@ -8181,51 +8151,51 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>271</Words>
+  <Words>270</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>28</Paragraphs>
   <Slides>10</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>